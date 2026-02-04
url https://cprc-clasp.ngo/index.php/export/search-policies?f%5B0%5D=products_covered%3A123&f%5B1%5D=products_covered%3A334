--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,1060 +12,1430 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1329,2539 +1699,2890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>96</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>122</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2002</v>
+      </c>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>113</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>114</v>
+      </c>
+      <c r="K17" t="s">
+        <v>141</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>104</v>
+      </c>
+      <c r="F18" t="s">
+        <v>122</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>155</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>163</v>
+      </c>
+      <c r="M20" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>169</v>
+      </c>
+      <c r="E21" t="s">
+        <v>104</v>
+      </c>
+      <c r="F21" t="s">
+        <v>170</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>171</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>172</v>
+      </c>
+      <c r="N21" t="s">
+        <v>173</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...10 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I22">
+        <v>2025</v>
+      </c>
+      <c r="J22" t="s">
+        <v>179</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>180</v>
+      </c>
+      <c r="M22" t="s">
+        <v>181</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>182</v>
+      </c>
+      <c r="P22" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>184</v>
+      </c>
+      <c r="B23" t="s">
+        <v>185</v>
+      </c>
+      <c r="C23" t="s">
+        <v>186</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>113</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>97</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>187</v>
+      </c>
+      <c r="M23" t="s">
+        <v>188</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>189</v>
+      </c>
+      <c r="P23" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>191</v>
+      </c>
+      <c r="B24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>104</v>
+      </c>
+      <c r="F24" t="s">
+        <v>122</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>123</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>178</v>
+      </c>
+      <c r="D25" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>113</v>
+      </c>
+      <c r="G25" t="s">
+        <v>197</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>198</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>199</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>200</v>
+      </c>
+      <c r="P25" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>202</v>
+      </c>
+      <c r="B26" t="s">
+        <v>203</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>204</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>113</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>81</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>205</v>
+      </c>
+      <c r="M26" t="s">
+        <v>89</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>206</v>
+      </c>
+      <c r="P26" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>208</v>
+      </c>
+      <c r="B27" t="s">
+        <v>209</v>
+      </c>
+      <c r="C27" t="s">
+        <v>210</v>
+      </c>
+      <c r="D27" t="s">
+        <v>131</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>211</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>212</v>
+      </c>
+      <c r="M27" t="s">
+        <v>213</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>218</v>
+      </c>
+      <c r="D28" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>219</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>220</v>
+      </c>
+      <c r="M28" t="s">
+        <v>221</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>222</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>223</v>
+      </c>
+      <c r="B29" t="s">
+        <v>224</v>
+      </c>
+      <c r="C29" t="s">
+        <v>218</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>219</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>225</v>
+      </c>
+      <c r="M29" t="s">
+        <v>221</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>226</v>
+      </c>
+      <c r="P29" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>228</v>
+      </c>
+      <c r="B30" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>1990</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>123</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>230</v>
+      </c>
+      <c r="M30" t="s">
+        <v>231</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>232</v>
+      </c>
+      <c r="P30" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>234</v>
+      </c>
+      <c r="B31" t="s">
+        <v>235</v>
+      </c>
+      <c r="C31" t="s">
+        <v>236</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>237</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>238</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>239</v>
+      </c>
+      <c r="P31" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>241</v>
+      </c>
+      <c r="B32" t="s">
+        <v>242</v>
+      </c>
+      <c r="C32" t="s">
+        <v>243</v>
+      </c>
+      <c r="D32" t="s">
+        <v>244</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>36</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>245</v>
+      </c>
+      <c r="M32" t="s">
+        <v>246</v>
+      </c>
+      <c r="N32" t="s">
+        <v>247</v>
+      </c>
+      <c r="O32" t="s">
+        <v>248</v>
+      </c>
+      <c r="P32" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>250</v>
+      </c>
+      <c r="B33" t="s">
+        <v>251</v>
+      </c>
+      <c r="C33" t="s">
+        <v>111</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>97</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>252</v>
+      </c>
+      <c r="M33" t="s">
+        <v>253</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>254</v>
+      </c>
+      <c r="P33" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>256</v>
+      </c>
+      <c r="B34" t="s">
+        <v>257</v>
+      </c>
+      <c r="C34" t="s">
+        <v>111</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
+        <v>2022</v>
+      </c>
+      <c r="J34" t="s">
+        <v>97</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>258</v>
+      </c>
+      <c r="M34" t="s">
+        <v>253</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>259</v>
+      </c>
+      <c r="P34" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" t="s">
+        <v>129</v>
+      </c>
+      <c r="C35" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" t="s">
+        <v>131</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>132</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>133</v>
+      </c>
+      <c r="M35" t="s">
+        <v>134</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>262</v>
+      </c>
+      <c r="P35" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>263</v>
+      </c>
+      <c r="B36" t="s">
+        <v>264</v>
+      </c>
+      <c r="C36" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" t="s">
+        <v>131</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>113</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>114</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>266</v>
+      </c>
+      <c r="M36" t="s">
+        <v>267</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>268</v>
+      </c>
+      <c r="P36" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>270</v>
+      </c>
+      <c r="B37" t="s">
+        <v>271</v>
+      </c>
+      <c r="C37" t="s">
+        <v>265</v>
+      </c>
+      <c r="D37" t="s">
+        <v>272</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>113</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>114</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>273</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>274</v>
+      </c>
+      <c r="P37" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>276</v>
+      </c>
+      <c r="B38" t="s">
+        <v>277</v>
+      </c>
+      <c r="C38" t="s">
+        <v>278</v>
+      </c>
+      <c r="D38" t="s">
+        <v>279</v>
+      </c>
+      <c r="E38" t="s">
+        <v>104</v>
+      </c>
+      <c r="F38" t="s">
+        <v>280</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>281</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>282</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>283</v>
+      </c>
+      <c r="P38" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>285</v>
+      </c>
+      <c r="B39" t="s">
+        <v>286</v>
+      </c>
+      <c r="C39" t="s">
+        <v>278</v>
+      </c>
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
+      <c r="E39" t="s">
+        <v>104</v>
+      </c>
+      <c r="F39" t="s">
+        <v>280</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>281</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>282</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>287</v>
+      </c>
+      <c r="P39" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>289</v>
+      </c>
+      <c r="B40" t="s">
+        <v>290</v>
+      </c>
+      <c r="C40" t="s">
+        <v>291</v>
+      </c>
+      <c r="D40" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" t="s">
+        <v>104</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>36</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>292</v>
+      </c>
+      <c r="M40" t="s">
+        <v>293</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>294</v>
+      </c>
+      <c r="P40" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>296</v>
+      </c>
+      <c r="B41" t="s">
+        <v>297</v>
+      </c>
+      <c r="C41" t="s">
+        <v>298</v>
+      </c>
+      <c r="D41" t="s">
+        <v>299</v>
+      </c>
+      <c r="E41" t="s">
+        <v>300</v>
+      </c>
+      <c r="F41" t="s">
+        <v>301</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2023</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>81</v>
+      </c>
+      <c r="K41" t="s">
+        <v>302</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>303</v>
+      </c>
+      <c r="N41" t="s">
+        <v>247</v>
+      </c>
+      <c r="O41" t="s">
+        <v>304</v>
+      </c>
+      <c r="P41" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>306</v>
+      </c>
+      <c r="B42" t="s">
+        <v>307</v>
+      </c>
+      <c r="C42" t="s">
+        <v>308</v>
+      </c>
+      <c r="D42" t="s">
+        <v>309</v>
+      </c>
+      <c r="E42" t="s">
+        <v>104</v>
+      </c>
+      <c r="F42" t="s">
+        <v>122</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>105</v>
+      </c>
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>310</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>311</v>
+      </c>
+      <c r="P42" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>313</v>
+      </c>
+      <c r="B43" t="s">
+        <v>314</v>
+      </c>
+      <c r="C43" t="s">
+        <v>315</v>
+      </c>
+      <c r="D43" t="s">
+        <v>316</v>
+      </c>
+      <c r="E43" t="s">
+        <v>300</v>
+      </c>
+      <c r="F43" t="s">
+        <v>113</v>
+      </c>
+      <c r="G43" t="s">
+        <v>96</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>317</v>
+      </c>
+      <c r="K43" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...40 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>318</v>
+      </c>
+      <c r="P43" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>320</v>
+      </c>
+      <c r="B44" t="s">
+        <v>321</v>
+      </c>
+      <c r="C44" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" t="s">
+        <v>95</v>
+      </c>
+      <c r="E44" t="s">
+        <v>104</v>
+      </c>
+      <c r="F44" t="s">
+        <v>122</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1997</v>
+      </c>
+      <c r="I44">
+        <v>2011</v>
+      </c>
+      <c r="J44" t="s">
+        <v>211</v>
+      </c>
+      <c r="K44" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...537 lines deleted...]
-      <c r="H18">
+      <c r="L44" t="s">
+        <v>322</v>
+      </c>
+      <c r="M44" t="s">
+        <v>323</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>324</v>
+      </c>
+      <c r="P44" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>326</v>
+      </c>
+      <c r="B45" t="s">
+        <v>327</v>
+      </c>
+      <c r="C45" t="s">
+        <v>328</v>
+      </c>
+      <c r="D45" t="s">
+        <v>329</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>113</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2017</v>
       </c>
-      <c r="I18" t="s">
-[...84 lines deleted...]
-      <c r="H20">
+      <c r="I45">
         <v>2021</v>
       </c>
-      <c r="I20" t="s">
-[...664 lines deleted...]
-      <c r="B36" t="s">
+      <c r="J45" t="s">
         <v>198</v>
       </c>
-      <c r="C36" t="s">
-[...386 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>245</v>
+        <v>330</v>
       </c>
       <c r="L45" t="s">
-        <v>246</v>
+        <v>331</v>
       </c>
       <c r="M45" t="s">
-        <v>185</v>
+        <v>332</v>
       </c>
       <c r="N45" t="s">
         <v>247</v>
       </c>
-    </row>
-    <row r="46" spans="1:14">
+      <c r="O45" t="s">
+        <v>333</v>
+      </c>
+      <c r="P45" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>248</v>
+        <v>335</v>
       </c>
       <c r="B46" t="s">
-        <v>249</v>
+        <v>336</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
+        <v>337</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="E46" t="s">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>338</v>
+      </c>
+      <c r="G46" t="s">
+        <v>339</v>
+      </c>
+      <c r="H46">
         <v>2024</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>32</v>
+        <v>340</v>
       </c>
       <c r="K46" t="s">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>253</v>
+        <v>341</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="N46" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>343</v>
+      </c>
+      <c r="P46" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>255</v>
+        <v>345</v>
       </c>
       <c r="B47" t="s">
-        <v>256</v>
+        <v>346</v>
       </c>
       <c r="C47" t="s">
+        <v>347</v>
+      </c>
+      <c r="D47" t="s">
+        <v>44</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>211</v>
+      </c>
+      <c r="K47" t="s">
         <v>37</v>
       </c>
-      <c r="D47" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="L47" t="s">
-        <v>258</v>
+        <v>348</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="N47" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>350</v>
+      </c>
+      <c r="P47" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>260</v>
+        <v>352</v>
       </c>
       <c r="B48" t="s">
-        <v>261</v>
+        <v>353</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>354</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>113</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
-      <c r="I48" t="s">
-        <v>101</v>
+      <c r="I48">
+        <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
+        <v>355</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>356</v>
+      </c>
+      <c r="P48" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>358</v>
+      </c>
+      <c r="B49" t="s">
+        <v>359</v>
+      </c>
+      <c r="C49" t="s">
+        <v>360</v>
+      </c>
+      <c r="D49" t="s">
+        <v>361</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49">
+        <v>2016</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>114</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>362</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>363</v>
+      </c>
+      <c r="P49" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>365</v>
+      </c>
+      <c r="B50" t="s">
+        <v>366</v>
+      </c>
+      <c r="C50" t="s">
+        <v>360</v>
+      </c>
+      <c r="D50" t="s">
+        <v>367</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>114</v>
+      </c>
+      <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="N48" t="s">
-[...36 lines deleted...]
-      <c r="M49" t="s">
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>362</v>
+      </c>
+      <c r="N50" t="s">
+        <v>247</v>
+      </c>
+      <c r="O50" t="s">
+        <v>368</v>
+      </c>
+      <c r="P50" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>370</v>
+      </c>
+      <c r="B51" t="s">
+        <v>371</v>
+      </c>
+      <c r="C51" t="s">
+        <v>78</v>
+      </c>
+      <c r="D51" t="s">
+        <v>95</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>113</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2007</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>81</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>372</v>
+      </c>
+      <c r="M51" t="s">
+        <v>82</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>373</v>
+      </c>
+      <c r="P51" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>375</v>
+      </c>
+      <c r="B52" t="s">
+        <v>376</v>
+      </c>
+      <c r="C52" t="s">
+        <v>278</v>
+      </c>
+      <c r="D52" t="s">
+        <v>377</v>
+      </c>
+      <c r="E52" t="s">
+        <v>104</v>
+      </c>
+      <c r="F52" t="s">
+        <v>122</v>
+      </c>
+      <c r="G52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>378</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52" t="s">
+        <v>379</v>
+      </c>
+      <c r="M52" t="s">
+        <v>380</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>381</v>
+      </c>
+      <c r="P52" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>383</v>
+      </c>
+      <c r="B53" t="s">
+        <v>384</v>
+      </c>
+      <c r="C53" t="s">
+        <v>278</v>
+      </c>
+      <c r="D53" t="s">
+        <v>377</v>
+      </c>
+      <c r="E53" t="s">
+        <v>104</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2001</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>97</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53" t="s">
+        <v>385</v>
+      </c>
+      <c r="M53" t="s">
+        <v>386</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>387</v>
+      </c>
+      <c r="P53" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>389</v>
+      </c>
+      <c r="B54" t="s">
+        <v>390</v>
+      </c>
+      <c r="C54" t="s">
+        <v>391</v>
+      </c>
+      <c r="D54" t="s">
+        <v>44</v>
+      </c>
+      <c r="E54" t="s">
+        <v>104</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2002</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>392</v>
+      </c>
+      <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="N49" t="s">
-[...22 lines deleted...]
-      <c r="G50">
+      <c r="L54" t="s">
+        <v>393</v>
+      </c>
+      <c r="M54" t="s">
+        <v>394</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>395</v>
+      </c>
+      <c r="P54" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>397</v>
+      </c>
+      <c r="B55" t="s">
+        <v>398</v>
+      </c>
+      <c r="C55" t="s">
+        <v>391</v>
+      </c>
+      <c r="D55" t="s">
+        <v>44</v>
+      </c>
+      <c r="E55" t="s">
+        <v>104</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>392</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>399</v>
+      </c>
+      <c r="M55" t="s">
+        <v>394</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>400</v>
+      </c>
+      <c r="P55" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>401</v>
+      </c>
+      <c r="B56" t="s">
+        <v>402</v>
+      </c>
+      <c r="C56" t="s">
+        <v>403</v>
+      </c>
+      <c r="D56" t="s">
+        <v>309</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>113</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>404</v>
+      </c>
+      <c r="K56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56" t="s">
+        <v>405</v>
+      </c>
+      <c r="M56" t="s">
+        <v>406</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>407</v>
+      </c>
+      <c r="P56" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>409</v>
+      </c>
+      <c r="B57" t="s">
+        <v>410</v>
+      </c>
+      <c r="C57" t="s">
+        <v>411</v>
+      </c>
+      <c r="D57" t="s">
+        <v>412</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>113</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>211</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57" t="s">
+        <v>413</v>
+      </c>
+      <c r="M57" t="s">
+        <v>414</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>415</v>
+      </c>
+      <c r="P57" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>417</v>
+      </c>
+      <c r="B58" t="s">
+        <v>418</v>
+      </c>
+      <c r="C58" t="s">
+        <v>291</v>
+      </c>
+      <c r="D58" t="s">
+        <v>419</v>
+      </c>
+      <c r="E58" t="s">
+        <v>104</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58">
         <v>2017</v>
       </c>
-      <c r="H50"/>
-[...154 lines deleted...]
-      <c r="C54" t="s">
+      <c r="J58" t="s">
+        <v>219</v>
+      </c>
+      <c r="K58" t="s">
         <v>37</v>
       </c>
-      <c r="D54" t="s">
-[...73 lines deleted...]
-      <c r="N55" t="s">
+      <c r="L58"/>
+      <c r="M58" t="s">
         <v>293</v>
       </c>
-    </row>
-[...123 lines deleted...]
-      </c>
       <c r="N58" t="s">
-        <v>308</v>
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>420</v>
+      </c>
+      <c r="P58" t="s">
+        <v>421</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>