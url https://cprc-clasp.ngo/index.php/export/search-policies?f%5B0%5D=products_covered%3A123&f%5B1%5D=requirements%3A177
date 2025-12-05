--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,453 +12,573 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -722,943 +842,1064 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>82</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G11" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>58</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...5 lines deleted...]
-        <v>30</v>
+      <c r="G14" t="s">
+        <v>49</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>33</v>
       </c>
-      <c r="J4" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>126</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15"/>
     </row>
-    <row r="5" spans="1:14">
-[...38 lines deleted...]
-        <v>43</v>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>133</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...6 lines deleted...]
-      <c r="C6" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>75</v>
+      </c>
+      <c r="M17" t="s">
+        <v>76</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>97</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>97</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>142</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
         <v>46</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="D20" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" t="s">
+        <v>49</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
         <v>2020</v>
       </c>
-      <c r="H6"/>
-[...21 lines deleted...]
-      <c r="B7" t="s">
+      <c r="J20" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
         <v>51</v>
       </c>
-      <c r="D7" t="s">
-[...576 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>119</v>
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>