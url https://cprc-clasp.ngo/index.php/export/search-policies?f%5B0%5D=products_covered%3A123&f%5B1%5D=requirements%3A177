--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -301,85 +301,88 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -1410,460 +1413,460 @@
       </c>
       <c r="P11" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>103</v>
       </c>
       <c r="B12" t="s">
         <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>96</v>
       </c>
       <c r="D12" t="s">
         <v>64</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>97</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M12" t="s">
         <v>100</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="D13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>97</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2023</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>50</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
         <v>58</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
         <v>73</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14">
         <v>2008</v>
       </c>
       <c r="I14">
         <v>2021</v>
       </c>
       <c r="J14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>49</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2022</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>73</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>74</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>75</v>
       </c>
       <c r="M17" t="s">
         <v>76</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D18" t="s">
         <v>73</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>97</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>97</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>97</v>
       </c>
       <c r="G20" t="s">
         <v>49</v>
       </c>
       <c r="H20">
         <v>2007</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
         <v>50</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M20" t="s">
         <v>51</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">