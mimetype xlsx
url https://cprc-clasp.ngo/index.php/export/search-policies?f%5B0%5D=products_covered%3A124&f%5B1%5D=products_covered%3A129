--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,339 +12,400 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -608,533 +669,596 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...114 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
         <v>47</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>1986</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
         <v>48</v>
       </c>
-      <c r="L5" t="s">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...6 lines deleted...]
-      <c r="C6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="D6" t="s">
-[...12 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
         <v>47</v>
       </c>
-      <c r="J6" t="s">
-[...11 lines deleted...]
-      <c r="N6" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
         <v>55</v>
       </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-[...123 lines deleted...]
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2001</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
-        <v>77</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>