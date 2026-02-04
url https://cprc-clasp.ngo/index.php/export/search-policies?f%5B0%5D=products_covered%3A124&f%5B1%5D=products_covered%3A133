--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,489 +12,619 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -758,1037 +888,1172 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...18 lines deleted...]
-      <c r="N4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...97 lines deleted...]
-        <v>2012</v>
+      <c r="G7" t="s">
+        <v>64</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>53</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>55</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>102</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1986</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>65</v>
+      </c>
+      <c r="K14" t="s">
+        <v>55</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>57</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>54</v>
       </c>
-      <c r="L7" t="s">
+      <c r="K15" t="s">
         <v>55</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="N15" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
-[...8 lines deleted...]
-      <c r="E8" t="s">
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16">
+        <v>1994</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>55</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>57</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>35</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>55</v>
+      </c>
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>57</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>64</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" t="s">
+        <v>55</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>57</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8">
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>158</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>64</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...76 lines deleted...]
-      <c r="F10" t="s">
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>159</v>
+      </c>
+      <c r="M21" t="s">
+        <v>160</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...41 lines deleted...]
-      <c r="G11">
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>166</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2014</v>
       </c>
-      <c r="H11">
-[...444 lines deleted...]
-      <c r="A22" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>122</v>
       </c>
-      <c r="B22" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>168</v>
       </c>
       <c r="N22" t="s">
-        <v>127</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>