--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,438 +12,535 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -707,787 +804,886 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...110 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
         <v>48</v>
       </c>
-      <c r="J5" t="s">
-[...12 lines deleted...]
-        <v>51</v>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...21 lines deleted...]
-      <c r="H6">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
-[...6 lines deleted...]
-      <c r="L6" t="s">
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
         <v>55</v>
       </c>
-      <c r="M6" t="s">
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>118</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>121</v>
+      </c>
+      <c r="B14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" t="s">
+        <v>123</v>
+      </c>
+      <c r="D14" t="s">
+        <v>124</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" t="s">
+        <v>55</v>
+      </c>
+      <c r="F15" t="s">
         <v>56</v>
       </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...73 lines deleted...]
-      <c r="B9" t="s">
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>138</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
         <v>37</v>
       </c>
-      <c r="C9" t="s">
-[...15 lines deleted...]
-      <c r="I9" t="s">
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>140</v>
+      </c>
+      <c r="N16" t="s">
         <v>39</v>
       </c>
-      <c r="J9" t="s">
-[...310 lines deleted...]
-        <v>110</v>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>