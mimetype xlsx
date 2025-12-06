--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,414 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...2 lines deleted...]
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -683,815 +788,914 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...151 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>48</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="F7" t="s">
-[...9 lines deleted...]
-      <c r="J7" t="s">
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>81</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>116</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...9 lines deleted...]
-        <v>56</v>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...6 lines deleted...]
-      <c r="C8" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
         <v>31</v>
       </c>
-      <c r="D8" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16"/>
     </row>
-    <row r="9" spans="1:14">
-[...54 lines deleted...]
-      <c r="E10" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="F10" t="s">
-[...309 lines deleted...]
-      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>