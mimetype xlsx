--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,374 +12,453 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -643,655 +722,736 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>31</v>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...39 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
         <v>41</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
       </c>
       <c r="H5">
         <v>2007</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2007</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="J5" t="s">
-[...35 lines deleted...]
-        <v>2012</v>
+      <c r="G6" t="s">
+        <v>51</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
         <v>43</v>
       </c>
-      <c r="J6" t="s">
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...8 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G13" t="s">
         <v>51</v>
       </c>
-    </row>
-[...46 lines deleted...]
-      <c r="B8" t="s">
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="C8" t="s">
-[...243 lines deleted...]
-        <v>88</v>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>