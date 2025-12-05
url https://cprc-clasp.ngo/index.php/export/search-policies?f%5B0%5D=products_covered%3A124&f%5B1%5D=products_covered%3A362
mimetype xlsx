--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,557 +12,705 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -826,1197 +974,1354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...236 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>60</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>67</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
         <v>64</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>112</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>66</v>
       </c>
-      <c r="D9" t="s">
+      <c r="K13" t="s">
+        <v>67</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>68</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>119</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
         <v>37</v>
       </c>
-      <c r="E9" t="s">
-[...8 lines deleted...]
-      <c r="H9">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1992</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>84</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>133</v>
+      </c>
+      <c r="K16" t="s">
+        <v>67</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>67</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>67</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>67</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>67</v>
+      </c>
+      <c r="L20" t="s">
+        <v>153</v>
+      </c>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2017</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>159</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>150</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K22" t="s">
         <v>67</v>
       </c>
-      <c r="J9" t="s">
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
         <v>32</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="D23" t="s">
+        <v>171</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>49</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>177</v>
+      </c>
+      <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
         <v>34</v>
       </c>
-      <c r="N9" t="s">
-[...13 lines deleted...]
-      <c r="D10" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>84</v>
+      </c>
+      <c r="K24" t="s">
         <v>37</v>
       </c>
-      <c r="E10" t="s">
-[...41 lines deleted...]
-      <c r="E11" t="s">
+      <c r="L24" t="s">
+        <v>178</v>
+      </c>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>118</v>
+      </c>
+      <c r="D25" t="s">
+        <v>184</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>97</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>185</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...37 lines deleted...]
-      <c r="D12" t="s">
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>190</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>84</v>
+      </c>
+      <c r="K26" t="s">
         <v>37</v>
       </c>
-      <c r="E12" t="s">
-[...599 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="M26" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="N26" t="s">
-        <v>145</v>
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>