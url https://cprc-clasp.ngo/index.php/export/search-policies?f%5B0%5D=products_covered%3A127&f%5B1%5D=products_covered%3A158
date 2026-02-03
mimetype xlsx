--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -592,66 +592,66 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -2560,54 +2560,54 @@
       </c>
       <c r="P25" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>191</v>
       </c>
       <c r="B26" t="s">
         <v>192</v>
       </c>
       <c r="C26" t="s">
         <v>193</v>
       </c>
       <c r="D26" t="s">
         <v>82</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>194</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>195</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>196</v>
       </c>
       <c r="P26" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>198</v>