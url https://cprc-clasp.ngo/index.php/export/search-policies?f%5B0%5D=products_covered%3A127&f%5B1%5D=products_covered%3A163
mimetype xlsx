--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1099,63 +1099,66 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
@@ -1423,53 +1426,50 @@
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
     <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
     <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
-  </si>
-[...1 lines deleted...]
-    <t>New</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
     <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
@@ -4793,1001 +4793,1001 @@
       </c>
       <c r="P49" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>351</v>
       </c>
       <c r="B50" t="s">
         <v>352</v>
       </c>
       <c r="C50" t="s">
         <v>209</v>
       </c>
       <c r="D50" t="s">
         <v>121</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>52</v>
       </c>
       <c r="G50" t="s">
-        <v>70</v>
+        <v>353</v>
       </c>
       <c r="H50">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P50" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B51" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C51" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D51" t="s">
         <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>94</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="P51" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B52" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C52" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52" t="s">
         <v>61</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>94</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P52" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B53" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C53" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D53" t="s">
         <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>61</v>
       </c>
       <c r="F53" t="s">
         <v>52</v>
       </c>
       <c r="G53" t="s">
         <v>94</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
+        <v>370</v>
+      </c>
+      <c r="M53" t="s">
+        <v>367</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>371</v>
+      </c>
+      <c r="P53" t="s">
         <v>369</v>
-      </c>
-[...10 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C54" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D54" t="s">
         <v>102</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G54" t="s">
         <v>94</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P54" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B55" t="s">
         <v>224</v>
       </c>
       <c r="C55" t="s">
         <v>225</v>
       </c>
       <c r="D55" t="s">
         <v>79</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2010</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>226</v>
       </c>
       <c r="K55" t="s">
         <v>109</v>
       </c>
       <c r="L55" t="s">
         <v>227</v>
       </c>
       <c r="M55" t="s">
         <v>228</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P55" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B56" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C56" t="s">
         <v>68</v>
       </c>
       <c r="D56" t="s">
         <v>121</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2005</v>
       </c>
       <c r="I56">
         <v>2018</v>
       </c>
       <c r="J56" t="s">
         <v>218</v>
       </c>
       <c r="K56" t="s">
         <v>109</v>
       </c>
       <c r="L56" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M56" t="s">
         <v>73</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P56" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B57" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C57" t="s">
         <v>68</v>
       </c>
       <c r="D57" t="s">
         <v>69</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>94</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>71</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M57" t="s">
         <v>73</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P57" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B58" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C58" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D58" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E58" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>94</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M58" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P58"/>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B59" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C59" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D59" t="s">
         <v>102</v>
       </c>
       <c r="E59" t="s">
         <v>61</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>94</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>202</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P59" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B60" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C60" t="s">
         <v>209</v>
       </c>
       <c r="D60" t="s">
         <v>121</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>70</v>
       </c>
       <c r="H60">
         <v>2025</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C61" t="s">
         <v>264</v>
       </c>
       <c r="D61" t="s">
         <v>265</v>
       </c>
       <c r="E61" t="s">
         <v>61</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>70</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>33</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>266</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P61" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B62" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C62" t="s">
         <v>41</v>
       </c>
       <c r="D62" t="s">
         <v>69</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>52</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62">
         <v>2016</v>
       </c>
       <c r="J62" t="s">
         <v>202</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M62" t="s">
         <v>46</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P62" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B63" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C63" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D63" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E63" t="s">
         <v>61</v>
       </c>
       <c r="F63" t="s">
         <v>52</v>
       </c>
       <c r="G63" t="s">
         <v>70</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>218</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="M63" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B64" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C64" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D64" t="s">
         <v>121</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2008</v>
       </c>
       <c r="I64">
         <v>2011</v>
       </c>
       <c r="J64" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K64" t="s">
         <v>109</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B65" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D65" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E65" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F65" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G65" t="s">
         <v>70</v>
       </c>
       <c r="H65">
         <v>2023</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K65" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N65" t="s">
         <v>36</v>
       </c>
       <c r="O65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P65" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B66" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C66" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D66" t="s">
         <v>121</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>43</v>
       </c>
       <c r="G66" t="s">
         <v>70</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K66" t="s">
         <v>305</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P66" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D67" t="s">
         <v>121</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>70</v>
       </c>
       <c r="H67">
         <v>2018</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>304</v>
       </c>
       <c r="K67" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="L67" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M67" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P67" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B68" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D68" t="s">
         <v>69</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68">
         <v>2017</v>
       </c>
       <c r="J68" t="s">
         <v>71</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="M68" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="P68" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B69" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D69" t="s">
         <v>233</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>43</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2020</v>
       </c>
       <c r="I69">
         <v>2024</v>
       </c>
       <c r="J69" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M69" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P69" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B70" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C70" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D70" t="s">
         <v>69</v>
       </c>
       <c r="E70" t="s">
         <v>61</v>
       </c>
       <c r="F70" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G70" t="s">
-        <v>459</v>
+        <v>353</v>
       </c>
       <c r="H70">
         <v>2014</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
         <v>460</v>
       </c>
       <c r="M70" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>461</v>
       </c>
       <c r="P70" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>463</v>
       </c>
       <c r="B71" t="s">
         <v>464</v>
       </c>
       <c r="C71" t="s">
         <v>465</v>
       </c>
       <c r="D71" t="s">
         <v>69</v>
       </c>
       <c r="E71" t="s">
@@ -5834,51 +5834,51 @@
       <c r="B72" t="s">
         <v>471</v>
       </c>
       <c r="C72" t="s">
         <v>472</v>
       </c>
       <c r="D72" t="s">
         <v>233</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2018</v>
       </c>
       <c r="I72">
         <v>2019</v>
       </c>
       <c r="J72" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>473</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>474</v>
       </c>
       <c r="P72" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>476</v>
       </c>
       <c r="B73" t="s">
         <v>477</v>
       </c>
@@ -5985,51 +5985,51 @@
         <v>494</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2009</v>
       </c>
       <c r="I75">
         <v>2016</v>
       </c>
       <c r="J75" t="s">
         <v>33</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>495</v>
       </c>
       <c r="P75" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>497</v>
       </c>
       <c r="B76" t="s">
         <v>498</v>
       </c>
       <c r="C76" t="s">
         <v>499</v>
       </c>
       <c r="D76" t="s">
         <v>500</v>
       </c>
       <c r="E76" t="s">
@@ -6072,51 +6072,51 @@
         <v>505</v>
       </c>
       <c r="B77" t="s">
         <v>506</v>
       </c>
       <c r="C77" t="s">
         <v>507</v>
       </c>
       <c r="D77" t="s">
         <v>79</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>70</v>
       </c>
       <c r="H77">
         <v>2017</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K77" t="s">
         <v>109</v>
       </c>
       <c r="L77" t="s">
         <v>508</v>
       </c>
       <c r="M77" t="s">
         <v>509</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>510</v>
       </c>
       <c r="P77" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>512</v>
       </c>
       <c r="B78" t="s">
@@ -6533,79 +6533,79 @@
       </c>
       <c r="L86" t="s">
         <v>553</v>
       </c>
       <c r="M86" t="s">
         <v>548</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>554</v>
       </c>
       <c r="P86" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>556</v>
       </c>
       <c r="B87" t="s">
         <v>557</v>
       </c>
       <c r="C87" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D87" t="s">
         <v>121</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
         <v>70</v>
       </c>
       <c r="H87">
         <v>2011</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K87" t="s">
         <v>109</v>
       </c>
       <c r="L87" t="s">
         <v>558</v>
       </c>
       <c r="M87" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
         <v>559</v>
       </c>
       <c r="P87" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>561</v>
       </c>
       <c r="B88" t="s">
         <v>562</v>
       </c>
       <c r="C88" t="s">
         <v>563</v>
       </c>
       <c r="D88" t="s">
         <v>564</v>
       </c>
       <c r="E88" t="s">
@@ -6747,51 +6747,51 @@
         <v>579</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>52</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2009</v>
       </c>
       <c r="I91">
         <v>2016</v>
       </c>
       <c r="J91" t="s">
         <v>33</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>580</v>
       </c>
       <c r="P91" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>582</v>
       </c>
       <c r="B92" t="s">
         <v>583</v>
       </c>
       <c r="C92" t="s">
         <v>584</v>
       </c>
       <c r="D92" t="s">
         <v>79</v>
       </c>
       <c r="E92" t="s">
@@ -7308,101 +7308,101 @@
         <v>641</v>
       </c>
       <c r="B103" t="s">
         <v>642</v>
       </c>
       <c r="C103" t="s">
         <v>643</v>
       </c>
       <c r="D103" t="s">
         <v>102</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>43</v>
       </c>
       <c r="G103" t="s">
         <v>70</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
         <v>644</v>
       </c>
       <c r="M103" t="s">
         <v>645</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>646</v>
       </c>
       <c r="P103" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>648</v>
       </c>
       <c r="B104" t="s">
         <v>649</v>
       </c>
       <c r="C104" t="s">
         <v>643</v>
       </c>
       <c r="D104" t="s">
         <v>102</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2014</v>
       </c>
       <c r="I104">
         <v>2018</v>
       </c>
       <c r="J104" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
         <v>650</v>
       </c>
       <c r="M104" t="s">
         <v>645</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>651</v>
       </c>
       <c r="P104" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>653</v>
       </c>
       <c r="B105" t="s">