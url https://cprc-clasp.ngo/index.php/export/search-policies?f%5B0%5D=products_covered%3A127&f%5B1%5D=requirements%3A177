--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,550 +12,717 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -819,1327 +986,1500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="580.287" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>1990</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...11 lines deleted...]
-      <c r="H2">
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>73</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>52</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>100</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>102</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>52</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>54</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>116</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>100</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+      <c r="K16" t="s">
+        <v>52</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...51 lines deleted...]
-      <c r="G5">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" t="s">
+        <v>138</v>
+      </c>
+      <c r="H18">
+        <v>2024</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>91</v>
+      </c>
+      <c r="K19" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" t="s">
+        <v>92</v>
+      </c>
+      <c r="M19" t="s">
+        <v>93</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>65</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>52</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>137</v>
+      </c>
+      <c r="D21" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2025</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>139</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2008</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="I22">
+        <v>2011</v>
+      </c>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>52</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>100</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
+        <v>116</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>115</v>
+      </c>
+      <c r="K24" t="s">
+        <v>171</v>
+      </c>
+      <c r="L24" t="s">
+        <v>172</v>
+      </c>
+      <c r="M24" t="s">
+        <v>167</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
         <v>43</v>
       </c>
-      <c r="K5" t="s">
-[...63 lines deleted...]
-      <c r="C7" t="s">
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>160</v>
+      </c>
+      <c r="K25" t="s">
         <v>52</v>
       </c>
-      <c r="D7" t="s">
-[...140 lines deleted...]
-      <c r="K10" t="s">
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>184</v>
+      </c>
+      <c r="D26" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>100</v>
+      </c>
+      <c r="G26" t="s">
         <v>22</v>
-      </c>
-[...662 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
-      <c r="I26" t="s">
-        <v>138</v>
+      <c r="I26">
+        <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
+        <v>186</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>166</v>
+      </c>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>160</v>
+      </c>
+      <c r="K27" t="s">
+        <v>52</v>
+      </c>
+      <c r="L27" t="s">
+        <v>192</v>
+      </c>
+      <c r="M27" t="s">
+        <v>167</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
+        <v>198</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>43</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" t="s">
+        <v>204</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>50</v>
+      </c>
+      <c r="G29" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>101</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...19 lines deleted...]
-      <c r="F27" t="s">
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>199</v>
+      </c>
+      <c r="N29" t="s">
         <v>36</v>
       </c>
-      <c r="G27">
-[...99 lines deleted...]
-        <v>152</v>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>