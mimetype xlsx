--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,337 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
+  </si>
+  <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -606,621 +679,696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K11" t="s">
+        <v>87</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...415 lines deleted...]
-        <v>81</v>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>