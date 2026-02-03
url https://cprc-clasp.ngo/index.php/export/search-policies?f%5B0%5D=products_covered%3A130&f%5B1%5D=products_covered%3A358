--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,695 +12,945 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -964,2091 +1214,2372 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
         <v>30</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...15 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>32</v>
-      </c>
-[...141 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
         <v>2021</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="K8" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="L8" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="M8" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="N8" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
         <v>2021</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="K9" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L9" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="M9" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="N9" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2021</v>
       </c>
-      <c r="H10"/>
-      <c r="I10" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>57</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>47</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>56</v>
       </c>
-      <c r="L10" t="s">
-[...2 lines deleted...]
-      <c r="M10" t="s">
+      <c r="K11" t="s">
+        <v>57</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>57</v>
+      </c>
+      <c r="L12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>56</v>
+      </c>
+      <c r="K13" t="s">
+        <v>57</v>
+      </c>
+      <c r="L13" t="s">
+        <v>84</v>
+      </c>
+      <c r="M13" t="s">
+        <v>59</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>91</v>
+      </c>
+      <c r="M14" t="s">
+        <v>92</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>34</v>
       </c>
-      <c r="N10" t="s">
-[...38 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>97</v>
+      </c>
+      <c r="M15" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>34</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>98</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
         <v>34</v>
       </c>
-      <c r="N12" t="s">
-[...38 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>109</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
         <v>34</v>
       </c>
-      <c r="N13" t="s">
-[...192 lines deleted...]
-      <c r="G18">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2008</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2015</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="N18" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2008</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2015</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>125</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
         <v>32</v>
       </c>
-      <c r="K19"/>
-[...20 lines deleted...]
-      <c r="D20" t="s">
+      <c r="D21" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>132</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>130</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>50</v>
+      </c>
+      <c r="M22" t="s">
+        <v>132</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>130</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>132</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
         <v>45</v>
       </c>
-      <c r="E20" t="s">
-[...8 lines deleted...]
-      <c r="H20">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>131</v>
+      </c>
+      <c r="M24" t="s">
+        <v>132</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>146</v>
+      </c>
+      <c r="P24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>56</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>150</v>
+      </c>
+      <c r="M25" t="s">
+        <v>132</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>130</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>141</v>
+      </c>
+      <c r="M26" t="s">
+        <v>38</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>155</v>
+      </c>
+      <c r="P26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>90</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>159</v>
+      </c>
+      <c r="M27" t="s">
+        <v>160</v>
+      </c>
+      <c r="N27" t="s">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s">
+        <v>161</v>
+      </c>
+      <c r="P27" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>163</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>166</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>167</v>
+      </c>
+      <c r="M28" t="s">
+        <v>132</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29">
+        <v>2025</v>
+      </c>
+      <c r="J29" t="s">
+        <v>166</v>
+      </c>
+      <c r="K29" t="s">
+        <v>172</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>173</v>
+      </c>
+      <c r="N29" t="s">
+        <v>174</v>
+      </c>
+      <c r="O29" t="s">
+        <v>175</v>
+      </c>
+      <c r="P29" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>179</v>
+      </c>
+      <c r="D30" t="s">
+        <v>108</v>
+      </c>
+      <c r="E30" t="s">
+        <v>54</v>
+      </c>
+      <c r="F30" t="s">
+        <v>180</v>
+      </c>
+      <c r="G30" t="s">
+        <v>181</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>130</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>182</v>
+      </c>
+      <c r="N30" t="s">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>185</v>
+      </c>
+      <c r="B31" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>187</v>
+      </c>
+      <c r="D31" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31">
         <v>2015</v>
       </c>
-      <c r="I20" t="s">
-[...230 lines deleted...]
-      <c r="N25" t="s">
+      <c r="J31" t="s">
         <v>109</v>
       </c>
-    </row>
-[...240 lines deleted...]
-      </c>
       <c r="K31" t="s">
-        <v>134</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="N31" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="B32" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="C32" t="s">
-        <v>38</v>
+        <v>187</v>
       </c>
       <c r="D32" t="s">
         <v>45</v>
       </c>
       <c r="E32" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>55</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2001</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
+        <v>109</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>194</v>
+      </c>
+      <c r="M32" t="s">
+        <v>189</v>
+      </c>
+      <c r="N32" t="s">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>187</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>54</v>
+      </c>
+      <c r="F33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1994</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>109</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>199</v>
+      </c>
+      <c r="M33" t="s">
+        <v>189</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>187</v>
+      </c>
+      <c r="D34" t="s">
+        <v>47</v>
+      </c>
+      <c r="E34" t="s">
+        <v>54</v>
+      </c>
+      <c r="F34" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1992</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>109</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>194</v>
+      </c>
+      <c r="M34" t="s">
+        <v>189</v>
+      </c>
+      <c r="N34" t="s">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
+        <v>204</v>
+      </c>
+      <c r="P34" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>206</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>208</v>
+      </c>
+      <c r="D35" t="s">
+        <v>47</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>90</v>
+      </c>
+      <c r="K35" t="s">
+        <v>172</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>209</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>210</v>
+      </c>
+      <c r="P35" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>212</v>
+      </c>
+      <c r="B36" t="s">
+        <v>213</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>90</v>
+      </c>
+      <c r="K36" t="s">
+        <v>172</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>209</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>214</v>
+      </c>
+      <c r="P36" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>215</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>47</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2018</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>90</v>
+      </c>
+      <c r="K37" t="s">
+        <v>172</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>209</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>216</v>
+      </c>
+      <c r="P37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>217</v>
+      </c>
+      <c r="B38" t="s">
+        <v>218</v>
+      </c>
+      <c r="C38" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>90</v>
+      </c>
+      <c r="K38" t="s">
+        <v>172</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>209</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>219</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" t="s">
+        <v>221</v>
+      </c>
+      <c r="C39" t="s">
+        <v>222</v>
+      </c>
+      <c r="D39" t="s">
+        <v>223</v>
+      </c>
+      <c r="E39" t="s">
+        <v>54</v>
+      </c>
+      <c r="F39" t="s">
+        <v>55</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>224</v>
+      </c>
+      <c r="K39" t="s">
+        <v>225</v>
+      </c>
+      <c r="L39" t="s">
+        <v>226</v>
+      </c>
+      <c r="M39" t="s">
+        <v>227</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>228</v>
+      </c>
+      <c r="P39" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>230</v>
+      </c>
+      <c r="B40" t="s">
+        <v>231</v>
+      </c>
+      <c r="C40" t="s">
+        <v>232</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40" t="s">
+        <v>55</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>233</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>234</v>
+      </c>
+      <c r="M40" t="s">
+        <v>235</v>
+      </c>
+      <c r="N40" t="s">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
         <v>32</v>
       </c>
-      <c r="K32" t="s">
-[...5 lines deleted...]
-      <c r="M32" t="s">
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>54</v>
+      </c>
+      <c r="F41" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>36</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>59</v>
+      </c>
+      <c r="N41" t="s">
+        <v>39</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>245</v>
+      </c>
+      <c r="D42" t="s">
+        <v>246</v>
+      </c>
+      <c r="E42" t="s">
+        <v>54</v>
+      </c>
+      <c r="F42" t="s">
         <v>34</v>
       </c>
-      <c r="N32" t="s">
-[...150 lines deleted...]
-      <c r="G36">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42">
         <v>2016</v>
       </c>
-      <c r="H36"/>
-[...250 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="K42" t="s">
-        <v>175</v>
+        <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>176</v>
+        <v>247</v>
       </c>
       <c r="M42" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="N42" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O42" t="s">
+        <v>249</v>
+      </c>
+      <c r="P42" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>251</v>
       </c>
       <c r="B43" t="s">
-        <v>127</v>
+        <v>252</v>
       </c>
       <c r="C43" t="s">
         <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>45</v>
+        <v>253</v>
       </c>
       <c r="E43" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>55</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2011</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2017</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="N43" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O43" t="s">
+        <v>255</v>
+      </c>
+      <c r="P43" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>182</v>
+        <v>257</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="C44" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E44" t="s">
-        <v>183</v>
+        <v>54</v>
       </c>
       <c r="F44" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>259</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44">
         <v>2007</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="K44" t="s">
-        <v>184</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>185</v>
+        <v>260</v>
       </c>
       <c r="M44" t="s">
-        <v>34</v>
+        <v>261</v>
       </c>
       <c r="N44" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>262</v>
+      </c>
+      <c r="P44" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>264</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>265</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E45" t="s">
-        <v>183</v>
+        <v>54</v>
       </c>
       <c r="F45" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>259</v>
+      </c>
+      <c r="G45" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45">
         <v>2009</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="K45" t="s">
-        <v>188</v>
+        <v>37</v>
       </c>
       <c r="L45" t="s">
-        <v>185</v>
+        <v>266</v>
       </c>
       <c r="M45" t="s">
-        <v>34</v>
+        <v>261</v>
       </c>
       <c r="N45" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O45" t="s">
+        <v>267</v>
+      </c>
+      <c r="P45" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>190</v>
+        <v>269</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>270</v>
       </c>
       <c r="C46" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>45</v>
       </c>
       <c r="E46" t="s">
-        <v>183</v>
+        <v>54</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>259</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
-      <c r="I46" t="s">
-        <v>83</v>
+      <c r="I46">
+        <v>2018</v>
       </c>
       <c r="J46" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="K46" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="L46" t="s">
-        <v>185</v>
+        <v>271</v>
       </c>
       <c r="M46" t="s">
-        <v>34</v>
+        <v>261</v>
       </c>
       <c r="N46" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O46" t="s">
+        <v>272</v>
+      </c>
+      <c r="P46" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>193</v>
+        <v>274</v>
       </c>
       <c r="B47" t="s">
-        <v>15</v>
+        <v>275</v>
       </c>
       <c r="C47" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="E47" t="s">
-        <v>183</v>
+        <v>54</v>
       </c>
       <c r="F47" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>259</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
         <v>2014</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="K47" t="s">
-        <v>194</v>
+        <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>185</v>
+        <v>276</v>
       </c>
       <c r="M47" t="s">
-        <v>34</v>
+        <v>261</v>
       </c>
       <c r="N47" t="s">
-        <v>195</v>
+        <v>39</v>
+      </c>
+      <c r="O47" t="s">
+        <v>277</v>
+      </c>
+      <c r="P47" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>