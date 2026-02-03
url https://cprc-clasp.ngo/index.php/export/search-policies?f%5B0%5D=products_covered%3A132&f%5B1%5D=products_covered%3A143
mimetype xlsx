--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,540 +12,691 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -809,1199 +960,1356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...33 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
         <v>44</v>
-      </c>
-[...90 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2021</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
         <v>49</v>
       </c>
-      <c r="M7" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
         <v>2021</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
         <v>49</v>
       </c>
-      <c r="M8" t="s">
-[...6 lines deleted...]
-    <row r="9" spans="1:14">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>83</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>49</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...82 lines deleted...]
-      <c r="G11">
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...6 lines deleted...]
-      <c r="K11" t="s">
+      <c r="J13" t="s">
+        <v>56</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L11" t="s">
-[...28 lines deleted...]
-      <c r="G12">
+      <c r="H14">
         <v>2018</v>
       </c>
-      <c r="H12"/>
-[...85 lines deleted...]
-      <c r="H14">
+      <c r="I14">
         <v>2020</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="K14" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2008</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2013</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2020</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" t="s">
         <v>47</v>
       </c>
-      <c r="J16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>98</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G17"/>
+        <v>133</v>
+      </c>
+      <c r="G17" t="s">
+        <v>81</v>
+      </c>
       <c r="H17"/>
-      <c r="I17" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>56</v>
+      </c>
+      <c r="K17" t="s">
         <v>47</v>
       </c>
-      <c r="J17" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>49</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>49</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>146</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>161</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>44</v>
+      </c>
+      <c r="D23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E23" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>46</v>
       </c>
-      <c r="F18" t="s">
-[...40 lines deleted...]
-      <c r="E19" t="s">
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>58</v>
+      </c>
+      <c r="N23" t="s">
+        <v>49</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>180</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>90</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" t="s">
+        <v>182</v>
+      </c>
+      <c r="M24" t="s">
+        <v>183</v>
+      </c>
+      <c r="N24" t="s">
+        <v>49</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>188</v>
+      </c>
+      <c r="E25" t="s">
+        <v>54</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>56</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>189</v>
+      </c>
+      <c r="N25" t="s">
+        <v>49</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
-      </c>
-[...280 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
-        <v>145</v>
+        <v>54</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>194</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
-      <c r="I26" t="s">
-        <v>72</v>
+      <c r="I26">
+        <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="K26" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>147</v>
+        <v>195</v>
       </c>
       <c r="M26" t="s">
-        <v>42</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
-        <v>148</v>
+        <v>49</v>
+      </c>
+      <c r="O26" t="s">
+        <v>197</v>
+      </c>
+      <c r="P26" t="s">
+        <v>198</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>