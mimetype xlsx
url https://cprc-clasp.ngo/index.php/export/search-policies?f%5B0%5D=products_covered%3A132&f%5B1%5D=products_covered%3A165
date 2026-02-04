--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -303,50 +303,53 @@
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
@@ -1286,272 +1289,272 @@
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>95</v>
       </c>
       <c r="D11" t="s">
         <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>97</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>49</v>
       </c>
       <c r="N12" t="s">
         <v>39</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2016</v>
       </c>
       <c r="J13" t="s">
         <v>61</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
         <v>45</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2017</v>
       </c>
       <c r="J14" t="s">
         <v>73</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>39</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2018</v>
       </c>
       <c r="I15">
         <v>2018</v>
       </c>
       <c r="J15" t="s">
         <v>61</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">