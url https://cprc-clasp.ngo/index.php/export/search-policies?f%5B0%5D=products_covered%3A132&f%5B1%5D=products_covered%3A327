--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1991,54 +1991,54 @@
         <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>159</v>
       </c>
       <c r="B21" t="s">
         <v>160</v>
       </c>
       <c r="C21" t="s">
         <v>161</v>
       </c>
       <c r="D21" t="s">
         <v>162</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
-      <c r="H21">
+      <c r="H21"/>
+      <c r="I21">
         <v>2024</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
         <v>163</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>164</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>165</v>
       </c>
       <c r="P21" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>167</v>
       </c>
       <c r="B22" t="s">