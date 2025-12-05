--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,491 +12,625 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -760,1035 +894,1170 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>101</v>
+      </c>
+      <c r="G12" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>81</v>
+      </c>
+      <c r="K15" t="s">
+        <v>123</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>126</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>140</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>101</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>69</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>160</v>
+      </c>
+      <c r="E20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>81</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>100</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" t="s">
+        <v>65</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>93</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>173</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
-      </c>
-[...826 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H22">
         <v>2018</v>
       </c>
-      <c r="I22" t="s">
-        <v>64</v>
+      <c r="I22">
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="K22" t="s">
-        <v>131</v>
+        <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="M22" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
-        <v>133</v>
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>