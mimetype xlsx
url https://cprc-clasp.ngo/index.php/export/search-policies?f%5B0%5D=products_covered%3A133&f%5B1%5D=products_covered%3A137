--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,764 +12,997 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1033,2043 +1266,2310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>84</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>94</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>49</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>83</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="M13" t="s">
+        <v>38</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14" t="s">
+        <v>53</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>49</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>49</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>112</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" t="s">
+        <v>49</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>112</v>
+      </c>
+      <c r="G17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>49</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>112</v>
+      </c>
+      <c r="G18" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>137</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>57</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>94</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20"/>
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>150</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>83</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>155</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" t="s">
+        <v>58</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>1994</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>75</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>49</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>113</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>169</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>175</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2019</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>83</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>57</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>90</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>91</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>94</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>83</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="M29" t="s">
+        <v>202</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>206</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>83</v>
+      </c>
+      <c r="K30" t="s">
+        <v>84</v>
+      </c>
+      <c r="L30" t="s">
+        <v>37</v>
+      </c>
+      <c r="M30" t="s">
+        <v>202</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>141</v>
+      </c>
+      <c r="C31" t="s">
+        <v>209</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>57</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>210</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="M31" t="s">
+        <v>211</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>216</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>217</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>218</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>221</v>
+      </c>
+      <c r="B33" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>223</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>113</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>37</v>
+      </c>
+      <c r="M33" t="s">
+        <v>224</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>57</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>113</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="M34" t="s">
+        <v>229</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>230</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>81</v>
+      </c>
+      <c r="D35" t="s">
+        <v>149</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>150</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>83</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>37</v>
+      </c>
+      <c r="M35" t="s">
+        <v>85</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>233</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>83</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>37</v>
+      </c>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>242</v>
+      </c>
+      <c r="D37" t="s">
+        <v>243</v>
+      </c>
+      <c r="E37" t="s">
+        <v>57</v>
+      </c>
+      <c r="F37" t="s">
+        <v>58</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>35</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>245</v>
+      </c>
+      <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>250</v>
+      </c>
+      <c r="D38" t="s">
+        <v>251</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>112</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>252</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>253</v>
+      </c>
+      <c r="N38" t="s">
+        <v>254</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" t="s">
+        <v>258</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L39" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M39" t="s">
+        <v>259</v>
+      </c>
+      <c r="N39" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>262</v>
+      </c>
+      <c r="B40" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>25</v>
+      </c>
+      <c r="M40" t="s">
+        <v>259</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>264</v>
+      </c>
+      <c r="P40"/>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" t="s">
+        <v>31</v>
+      </c>
+      <c r="C41" t="s">
+        <v>266</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>37</v>
+      </c>
+      <c r="M41" t="s">
+        <v>267</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>268</v>
+      </c>
+      <c r="P41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>73</v>
+      </c>
+      <c r="C42" t="s">
+        <v>271</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>113</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>37</v>
+      </c>
+      <c r="M42" t="s">
+        <v>272</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" t="s">
+        <v>276</v>
+      </c>
+      <c r="C43" t="s">
+        <v>43</v>
+      </c>
+      <c r="D43" t="s">
+        <v>277</v>
+      </c>
+      <c r="E43" t="s">
+        <v>57</v>
+      </c>
+      <c r="F43" t="s">
+        <v>58</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>46</v>
+      </c>
+      <c r="K43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>62</v>
+      </c>
+      <c r="N43" t="s">
+        <v>49</v>
+      </c>
+      <c r="O43" t="s">
+        <v>278</v>
+      </c>
+      <c r="P43" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>280</v>
+      </c>
+      <c r="B44" t="s">
+        <v>281</v>
+      </c>
+      <c r="C44" t="s">
+        <v>282</v>
+      </c>
+      <c r="D44" t="s">
+        <v>283</v>
+      </c>
+      <c r="E44" t="s">
+        <v>57</v>
+      </c>
+      <c r="F44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
         <v>2015</v>
       </c>
-      <c r="H3">
+      <c r="I44">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...22 lines deleted...]
-      <c r="B4" t="s">
+      <c r="J44" t="s">
+        <v>75</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M44" t="s">
+        <v>285</v>
+      </c>
+      <c r="N44" t="s">
+        <v>49</v>
+      </c>
+      <c r="O44" t="s">
+        <v>286</v>
+      </c>
+      <c r="P44" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>288</v>
+      </c>
+      <c r="B45" t="s">
+        <v>289</v>
+      </c>
+      <c r="C45" t="s">
+        <v>290</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>57</v>
+      </c>
+      <c r="F45" t="s">
+        <v>291</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>75</v>
+      </c>
+      <c r="K45" t="s">
+        <v>47</v>
+      </c>
+      <c r="L45" t="s">
+        <v>292</v>
+      </c>
+      <c r="M45" t="s">
+        <v>293</v>
+      </c>
+      <c r="N45" t="s">
+        <v>49</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>298</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>57</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>113</v>
+      </c>
+      <c r="K46" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L46" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...285 lines deleted...]
-      <c r="B11" t="s">
+      <c r="M46" t="s">
+        <v>299</v>
+      </c>
+      <c r="N46" t="s">
         <v>27</v>
       </c>
-      <c r="C11" t="s">
-[...1504 lines deleted...]
-      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>