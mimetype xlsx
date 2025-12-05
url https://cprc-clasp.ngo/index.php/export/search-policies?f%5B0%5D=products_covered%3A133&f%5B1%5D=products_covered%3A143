--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,537 +12,691 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -806,1243 +960,1406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>78</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>48</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>48</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>41</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>75</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>115</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>48</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>75</v>
+      </c>
+      <c r="G18" t="s">
+        <v>130</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>115</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>75</v>
+      </c>
+      <c r="G19" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19">
+        <v>2025</v>
+      </c>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>78</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>138</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>1994</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>75</v>
+      </c>
+      <c r="G21" t="s">
+        <v>76</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>167</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...25 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>175</v>
+      </c>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
+      <c r="D25" t="s">
+        <v>181</v>
+      </c>
+      <c r="E25" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>50</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>186</v>
+      </c>
+      <c r="D26" t="s">
+        <v>187</v>
+      </c>
+      <c r="E26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>144</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" t="s">
         <v>33</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="N4" t="s">
+      <c r="E27" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" t="s">
+        <v>194</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>144</v>
+      </c>
+      <c r="K27" t="s">
         <v>35</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D5" t="s">
+      <c r="L27" t="s">
+        <v>195</v>
+      </c>
+      <c r="M27" t="s">
+        <v>196</v>
+      </c>
+      <c r="N27" t="s">
         <v>37</v>
       </c>
-      <c r="E5" t="s">
-[...951 lines deleted...]
-        <v>147</v>
+      <c r="O27" t="s">
+        <v>197</v>
+      </c>
+      <c r="P27" t="s">
+        <v>198</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>