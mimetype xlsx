--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,657 +104,660 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...572 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>China Water Efficiency Labeling Program (CWEL)</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission, Ministry of Water Resources</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
+  </si>
+  <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
+    <t>GB 6952</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
+  </si>
+  <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
+    <t>CWL 02-2020 Intelligent toilets</t>
+  </si>
+  <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>GB 38448</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
+  </si>
+  <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
+    <t>GB/T 8170-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
+  </si>
+  <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
+    <t>GB/T 9195</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
+  </si>
+  <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>EM501, KS L 1551</t>
+  </si>
+  <si>
+    <t>Ministry of Environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
+  </si>
+  <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
@@ -1281,51 +1284,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1401,2156 +1404,2154 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H6">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H7">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
         <v>67</v>
       </c>
-      <c r="B8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H8">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>69</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
         <v>71</v>
       </c>
-      <c r="K8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H9">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>79</v>
+      </c>
+      <c r="F10" t="s">
         <v>80</v>
       </c>
-      <c r="B10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
         <v>82</v>
       </c>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
       <c r="J11" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F12" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K12" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="G13" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="L13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="N13" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H14">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>69</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O14" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D15" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H15">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="E16" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
       <c r="J16" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="P16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E17" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H17">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="M17" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I18">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
       <c r="M18" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="N18" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>68</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>143</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I19">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="J19" t="s">
+        <v>68</v>
+      </c>
+      <c r="K19" t="s">
+        <v>69</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
         <v>71</v>
       </c>
-      <c r="K19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>78</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="I20">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="J20" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="K20" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M20" t="s">
-        <v>142</v>
+        <v>57</v>
       </c>
       <c r="N20" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
       <c r="J21" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="K21" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="L21" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="M21" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="N21" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O21" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H22">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
+        <v>55</v>
+      </c>
+      <c r="K22" t="s">
+        <v>69</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
         <v>71</v>
       </c>
-      <c r="K22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
         <v>2020</v>
       </c>
-      <c r="I23"/>
       <c r="J23" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="L23" t="s">
-        <v>52</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="H24">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>160</v>
+        <v>55</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>161</v>
+        <v>62</v>
       </c>
       <c r="M24" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>167</v>
+        <v>8</v>
       </c>
       <c r="H25">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>1989</v>
+      </c>
+      <c r="I25">
+        <v>2025</v>
+      </c>
       <c r="J25" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="K25" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="M25" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="N25" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>178</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>69</v>
+      </c>
+      <c r="L26" t="s">
+        <v>180</v>
+      </c>
       <c r="M26" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="N26" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="O26" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E27" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H27">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2019</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
       <c r="J27" t="s">
-        <v>120</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>185</v>
       </c>
       <c r="O27" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>183</v>
+        <v>129</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H28">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>184</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>185</v>
+        <v>138</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="P28" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B29" t="s">
-        <v>43</v>
+        <v>193</v>
       </c>
       <c r="C29" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F29" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I29">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>193</v>
+        <v>53</v>
       </c>
       <c r="C30" t="s">
         <v>194</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I30">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>196</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="P30" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="B31" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C31" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="P31" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B32" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
-      <c r="I32"/>
+      <c r="I32">
+        <v>2020</v>
+      </c>
       <c r="J32" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>205</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>44</v>
+      </c>
+      <c r="G33" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>215</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
         <v>207</v>
       </c>
-      <c r="B33" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G34" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>1994</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L34"/>
+        <v>69</v>
+      </c>
+      <c r="L34" t="s">
+        <v>221</v>
+      </c>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="N34" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="O34" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="P34" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B35" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C35" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
-      <c r="I35">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D36" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E37" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F37" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G37" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G38" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D39" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E39" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F39" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E40" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F40" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G40" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E41" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F41" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B42" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P42" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B43" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P43" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C44" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E44" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F44" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K44" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N44" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E45" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="K45" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="L45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N45" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E46" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F46" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="K46" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="L46" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N46" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="O46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">