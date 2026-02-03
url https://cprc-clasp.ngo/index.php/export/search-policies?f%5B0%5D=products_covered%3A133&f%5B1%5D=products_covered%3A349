--- v0 (2025-11-14)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -349,66 +349,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
@@ -1515,318 +1518,318 @@
       </c>
       <c r="P14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>107</v>
       </c>
       <c r="B15" t="s">
         <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>36</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H15">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
         <v>94</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2019</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="K16" t="s">
         <v>38</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>60</v>
       </c>
       <c r="F17" t="s">
         <v>61</v>
       </c>
       <c r="G17" t="s">
         <v>87</v>
       </c>
       <c r="H17">
         <v>1994</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
         <v>60</v>
       </c>
       <c r="F18" t="s">
         <v>61</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>65</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E19" t="s">
         <v>60</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>87</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2016</v>
       </c>
       <c r="J19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>60</v>
       </c>
       <c r="F20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">