--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,425 +12,539 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,821 +808,926 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2009</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>75</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>57</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2006</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>115</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>120</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>57</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>127</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>64</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>136</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...65 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>141</v>
+      </c>
+      <c r="G17" t="s">
         <v>35</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="G5">
+      <c r="H17">
         <v>2009</v>
       </c>
-      <c r="H5">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
         <v>46</v>
       </c>
-      <c r="J5" t="s">
-[...6 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
         <v>48</v>
       </c>
-      <c r="N5" t="s">
-[...502 lines deleted...]
-        <v>111</v>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>