--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,497 +12,636 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -766,1065 +905,1202 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>93</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>101</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>54</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>56</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...60 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
         <v>34</v>
-      </c>
-[...385 lines deleted...]
-        <v>67</v>
       </c>
       <c r="L13" t="s">
         <v>85</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>54</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>56</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" t="s">
+        <v>127</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2006</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>54</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>56</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2024</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>46</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>147</v>
+      </c>
+      <c r="H19">
+        <v>2024</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>137</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
         <v>43</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2006</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>154</v>
+      </c>
+      <c r="M20" t="s">
+        <v>155</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>128</v>
+      </c>
+      <c r="K21" t="s">
+        <v>54</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>56</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>127</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>113</v>
+      </c>
+      <c r="K22" t="s">
+        <v>54</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>56</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...102 lines deleted...]
-      <c r="K16" t="s">
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
         <v>101</v>
       </c>
-      <c r="L16" t="s">
-[...222 lines deleted...]
-      <c r="C22" t="s">
+      <c r="F23" t="s">
+        <v>175</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>128</v>
       </c>
-      <c r="D22" t="s">
-[...59 lines deleted...]
-      </c>
       <c r="K23" t="s">
-        <v>133</v>
+        <v>54</v>
       </c>
       <c r="L23" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="M23" t="s">
-        <v>47</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
-        <v>135</v>
+        <v>56</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>