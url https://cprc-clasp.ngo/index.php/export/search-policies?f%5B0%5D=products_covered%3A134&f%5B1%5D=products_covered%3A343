--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -378,69 +378,69 @@
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
@@ -1593,51 +1593,51 @@
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>121</v>
       </c>
       <c r="B15" t="s">
         <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>124</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>125</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>127</v>
       </c>
       <c r="P15" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>129</v>