--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -285,69 +285,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
@@ -1240,51 +1240,51 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>92</v>
       </c>
       <c r="D11" t="s">
         <v>93</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>57</v>
       </c>
       <c r="O11" t="s">
         <v>96</v>
       </c>
       <c r="P11" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>98</v>