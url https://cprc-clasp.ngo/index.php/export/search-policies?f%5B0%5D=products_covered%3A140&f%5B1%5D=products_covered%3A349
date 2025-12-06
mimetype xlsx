--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,296 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,475 +625,530 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...77 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>62</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>33</v>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>52</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...71 lines deleted...]
-      <c r="L7" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
         <v>52</v>
       </c>
-      <c r="M7" t="s">
-[...89 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>