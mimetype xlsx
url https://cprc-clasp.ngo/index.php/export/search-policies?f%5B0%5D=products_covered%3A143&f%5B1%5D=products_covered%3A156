--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,557 +12,703 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -826,1161 +972,1310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>40</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>40</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>40</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>56</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>129</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="G19" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>152</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>40</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>129</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>40</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" t="s">
+        <v>168</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>169</v>
+      </c>
+      <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...20 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L21" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" t="s">
+        <v>171</v>
+      </c>
+      <c r="N21" t="s">
         <v>40</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>46</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>176</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>177</v>
+      </c>
+      <c r="M22" t="s">
+        <v>178</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>181</v>
+      </c>
+      <c r="B23" t="s">
+        <v>182</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>183</v>
+      </c>
+      <c r="E23" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
         <v>35</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="H23">
         <v>2011</v>
       </c>
-      <c r="H5">
-[...14 lines deleted...]
-      <c r="M5" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>176</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>184</v>
+      </c>
+      <c r="M23" t="s">
+        <v>178</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C24" t="s">
+        <v>189</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-[...32 lines deleted...]
-      <c r="K6" t="s">
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>190</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>191</v>
+      </c>
+      <c r="N24" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" t="s">
+        <v>192</v>
+      </c>
+      <c r="P24" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>194</v>
+      </c>
+      <c r="B25" t="s">
+        <v>195</v>
+      </c>
+      <c r="C25" t="s">
+        <v>196</v>
+      </c>
+      <c r="D25" t="s">
+        <v>168</v>
+      </c>
+      <c r="E25" t="s">
         <v>54</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
         <v>35</v>
       </c>
-      <c r="N6" t="s">
-[...522 lines deleted...]
-      <c r="G19">
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H19"/>
-[...254 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>32</v>
+        <v>197</v>
       </c>
       <c r="K25" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>152</v>
+        <v>198</v>
       </c>
       <c r="M25" t="s">
-        <v>35</v>
+        <v>199</v>
       </c>
       <c r="N25" t="s">
-        <v>153</v>
+        <v>40</v>
+      </c>
+      <c r="O25" t="s">
+        <v>200</v>
+      </c>
+      <c r="P25" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>