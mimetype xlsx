--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -369,53 +369,50 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
@@ -1686,560 +1683,560 @@
       </c>
       <c r="L14" t="s">
         <v>113</v>
       </c>
       <c r="M14" t="s">
         <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>40</v>
       </c>
       <c r="O14" t="s">
         <v>115</v>
       </c>
       <c r="P14" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>117</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>54</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H15">
         <v>2025</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>40</v>
       </c>
       <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
         <v>126</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>40</v>
       </c>
       <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
         <v>135</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>77</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N17" t="s">
         <v>40</v>
       </c>
       <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>40</v>
       </c>
       <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
         <v>147</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>148</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
         <v>151</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>152</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="N19" t="s">
         <v>40</v>
       </c>
       <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
         <v>157</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="N20" t="s">
         <v>40</v>
       </c>
       <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
         <v>165</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>166</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>55</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N21" t="s">
         <v>40</v>
       </c>
       <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
         <v>174</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D22" t="s">
         <v>46</v>
       </c>
       <c r="E22" t="s">
         <v>54</v>
       </c>
       <c r="F22" t="s">
         <v>55</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
+        <v>178</v>
+      </c>
+      <c r="P22" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>180</v>
+      </c>
+      <c r="B23" t="s">
         <v>181</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D23" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>35</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="M23" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
         <v>40</v>
       </c>
       <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
         <v>187</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>35</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="N24" t="s">
         <v>40</v>
       </c>
       <c r="O24" t="s">
+        <v>191</v>
+      </c>
+      <c r="P24" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>193</v>
+      </c>
+      <c r="B25" t="s">
         <v>194</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>195</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>35</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
+        <v>197</v>
+      </c>
+      <c r="M25" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>40</v>
       </c>
       <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">