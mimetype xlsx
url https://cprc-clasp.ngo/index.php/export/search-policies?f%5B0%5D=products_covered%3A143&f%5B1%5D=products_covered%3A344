--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -317,69 +317,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
@@ -1376,51 +1376,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>101</v>
       </c>
       <c r="B12" t="s">
         <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>103</v>
       </c>
       <c r="D12" t="s">
         <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>40</v>
       </c>
       <c r="O12" t="s">
         <v>107</v>
       </c>
       <c r="P12" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>109</v>