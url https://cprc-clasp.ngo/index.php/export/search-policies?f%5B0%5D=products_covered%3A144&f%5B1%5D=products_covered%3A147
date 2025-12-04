--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,264 +12,301 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -533,363 +570,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="121.399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>