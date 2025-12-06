--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,2125 +12,3018 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>National Agency for Energy Conservation (ANME)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/honduras</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2394,6635 +3287,7560 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N155"/>
+  <dimension ref="A1:P155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G12" t="s">
+        <v>108</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2005</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>119</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P13" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>125</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>126</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>132</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>144</v>
+      </c>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>150</v>
+      </c>
+      <c r="D18" t="s">
+        <v>151</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>107</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>115</v>
+      </c>
+      <c r="D19" t="s">
+        <v>158</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>159</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>160</v>
+      </c>
+      <c r="L19" t="s">
+        <v>161</v>
+      </c>
+      <c r="M19" t="s">
+        <v>162</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>163</v>
+      </c>
+      <c r="P19" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>165</v>
+      </c>
+      <c r="B20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C20" t="s">
+        <v>115</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>159</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1999</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>167</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>115</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>159</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1999</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>172</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>173</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+      <c r="D22" t="s">
+        <v>179</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>180</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...40 lines deleted...]
-      <c r="H4">
+      <c r="J22" t="s">
+        <v>181</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>182</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>183</v>
+      </c>
+      <c r="P22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" t="s">
+        <v>187</v>
+      </c>
+      <c r="D23" t="s">
+        <v>188</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>189</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>190</v>
+      </c>
+      <c r="P23" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>192</v>
+      </c>
+      <c r="B24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>196</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>197</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>198</v>
+      </c>
+      <c r="P24" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>200</v>
+      </c>
+      <c r="B25" t="s">
+        <v>201</v>
+      </c>
+      <c r="C25" t="s">
+        <v>202</v>
+      </c>
+      <c r="D25" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>203</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>204</v>
+      </c>
+      <c r="P25" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>206</v>
+      </c>
+      <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>78</v>
+      </c>
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1986</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>172</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>208</v>
+      </c>
+      <c r="M26" t="s">
+        <v>81</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>209</v>
+      </c>
+      <c r="P26" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>211</v>
+      </c>
+      <c r="B27" t="s">
+        <v>212</v>
+      </c>
+      <c r="C27" t="s">
+        <v>213</v>
+      </c>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>72</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>214</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>215</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>218</v>
+      </c>
+      <c r="D28" t="s">
+        <v>143</v>
+      </c>
+      <c r="E28" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F28" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>63</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>219</v>
+      </c>
+      <c r="M28" t="s">
+        <v>220</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>221</v>
+      </c>
+      <c r="P28" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>223</v>
+      </c>
+      <c r="B29" t="s">
+        <v>224</v>
+      </c>
+      <c r="C29" t="s">
+        <v>225</v>
+      </c>
+      <c r="D29" t="s">
+        <v>226</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>63</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" t="s">
+        <v>228</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>229</v>
+      </c>
+      <c r="P29" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>231</v>
+      </c>
+      <c r="B30" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" t="s">
+        <v>233</v>
+      </c>
+      <c r="D30" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>159</v>
+      </c>
+      <c r="G30" t="s">
+        <v>71</v>
+      </c>
+      <c r="H30">
+        <v>1995</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>172</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>234</v>
+      </c>
+      <c r="M30" t="s">
+        <v>235</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>236</v>
+      </c>
+      <c r="P30" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>238</v>
+      </c>
+      <c r="B31" t="s">
+        <v>239</v>
+      </c>
+      <c r="C31" t="s">
+        <v>233</v>
+      </c>
+      <c r="D31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>159</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
+        <v>172</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>234</v>
+      </c>
+      <c r="M31" t="s">
+        <v>240</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>241</v>
+      </c>
+      <c r="P31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>242</v>
+      </c>
+      <c r="B32" t="s">
+        <v>243</v>
+      </c>
+      <c r="C32" t="s">
+        <v>244</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...1140 lines deleted...]
-        <v>2010</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
-      <c r="I32" t="s">
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>79</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>245</v>
+      </c>
+      <c r="M32" t="s">
+        <v>246</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>247</v>
+      </c>
+      <c r="P32" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>249</v>
+      </c>
+      <c r="B33" t="s">
+        <v>250</v>
+      </c>
+      <c r="C33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1992</v>
+      </c>
+      <c r="I33">
+        <v>2009</v>
+      </c>
+      <c r="J33" t="s">
+        <v>79</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>245</v>
+      </c>
+      <c r="M33" t="s">
+        <v>246</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>251</v>
+      </c>
+      <c r="P33" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>253</v>
+      </c>
+      <c r="B34" t="s">
+        <v>254</v>
+      </c>
+      <c r="C34" t="s">
+        <v>255</v>
+      </c>
+      <c r="D34" t="s">
+        <v>256</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>159</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1995</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
         <v>63</v>
       </c>
-      <c r="J32" t="s">
-[...8 lines deleted...]
-      <c r="M32" t="s">
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>257</v>
+      </c>
+      <c r="M34" t="s">
+        <v>258</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>259</v>
+      </c>
+      <c r="P34" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" t="s">
+        <v>262</v>
+      </c>
+      <c r="C35" t="s">
+        <v>263</v>
+      </c>
+      <c r="D35" t="s">
+        <v>264</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>71</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>265</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>266</v>
+      </c>
+      <c r="M35" t="s">
+        <v>267</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>268</v>
+      </c>
+      <c r="P35" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>270</v>
+      </c>
+      <c r="B36" t="s">
+        <v>271</v>
+      </c>
+      <c r="C36" t="s">
+        <v>272</v>
+      </c>
+      <c r="D36" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>107</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2007</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>63</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>273</v>
+      </c>
+      <c r="M36" t="s">
+        <v>274</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>275</v>
+      </c>
+      <c r="P36" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>277</v>
+      </c>
+      <c r="B37" t="s">
+        <v>278</v>
+      </c>
+      <c r="C37" t="s">
+        <v>272</v>
+      </c>
+      <c r="D37" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37">
+        <v>2024</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>279</v>
+      </c>
+      <c r="M37" t="s">
+        <v>274</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>280</v>
+      </c>
+      <c r="P37" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>282</v>
+      </c>
+      <c r="B38" t="s">
+        <v>283</v>
+      </c>
+      <c r="C38" t="s">
+        <v>284</v>
+      </c>
+      <c r="D38" t="s">
+        <v>285</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>63</v>
+      </c>
+      <c r="K38" t="s">
+        <v>45</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>286</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>287</v>
+      </c>
+      <c r="P38" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>289</v>
+      </c>
+      <c r="B39" t="s">
+        <v>290</v>
+      </c>
+      <c r="C39" t="s">
+        <v>291</v>
+      </c>
+      <c r="D39" t="s">
+        <v>292</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>71</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>33</v>
+      </c>
+      <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="N32" t="s">
-[...28 lines deleted...]
-      <c r="I33" t="s">
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>293</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>294</v>
+      </c>
+      <c r="P39" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>296</v>
+      </c>
+      <c r="B40" t="s">
+        <v>297</v>
+      </c>
+      <c r="C40" t="s">
+        <v>298</v>
+      </c>
+      <c r="D40" t="s">
+        <v>61</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>107</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1986</v>
+      </c>
+      <c r="I40">
+        <v>2004</v>
+      </c>
+      <c r="J40" t="s">
         <v>63</v>
       </c>
-      <c r="J33" t="s">
-[...37 lines deleted...]
-      <c r="H34">
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>293</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>299</v>
+      </c>
+      <c r="P40" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>301</v>
+      </c>
+      <c r="B41" t="s">
+        <v>302</v>
+      </c>
+      <c r="C41" t="s">
+        <v>303</v>
+      </c>
+      <c r="D41" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>159</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2001</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
+        <v>152</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>304</v>
+      </c>
+      <c r="M41" t="s">
+        <v>305</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>306</v>
+      </c>
+      <c r="P41" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>308</v>
+      </c>
+      <c r="B42" t="s">
+        <v>309</v>
+      </c>
+      <c r="C42" t="s">
+        <v>303</v>
+      </c>
+      <c r="D42" t="s">
+        <v>61</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>159</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>152</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>310</v>
+      </c>
+      <c r="M42" t="s">
+        <v>305</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>311</v>
+      </c>
+      <c r="P42" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>313</v>
+      </c>
+      <c r="B43" t="s">
+        <v>314</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>315</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>159</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2003</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>152</v>
+      </c>
+      <c r="K43" t="s">
+        <v>160</v>
+      </c>
+      <c r="L43" t="s">
+        <v>316</v>
+      </c>
+      <c r="M43" t="s">
+        <v>305</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>317</v>
+      </c>
+      <c r="P43" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>319</v>
+      </c>
+      <c r="B44" t="s">
+        <v>320</v>
+      </c>
+      <c r="C44" t="s">
+        <v>321</v>
+      </c>
+      <c r="D44" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>107</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44">
+        <v>2024</v>
+      </c>
+      <c r="J44" t="s">
+        <v>322</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>323</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>324</v>
+      </c>
+      <c r="P44" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>326</v>
+      </c>
+      <c r="B45" t="s">
+        <v>212</v>
+      </c>
+      <c r="C45" t="s">
+        <v>213</v>
+      </c>
+      <c r="D45" t="s">
+        <v>125</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>107</v>
+      </c>
+      <c r="G45" t="s">
+        <v>71</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>72</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>327</v>
+      </c>
+      <c r="M45" t="s">
+        <v>214</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>328</v>
+      </c>
+      <c r="P45"/>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>329</v>
+      </c>
+      <c r="B46" t="s">
+        <v>330</v>
+      </c>
+      <c r="C46" t="s">
+        <v>115</v>
+      </c>
+      <c r="D46" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>331</v>
+      </c>
+      <c r="H46">
+        <v>1989</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>152</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>332</v>
+      </c>
+      <c r="M46" t="s">
+        <v>333</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>334</v>
+      </c>
+      <c r="P46" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>336</v>
+      </c>
+      <c r="B47" t="s">
+        <v>337</v>
+      </c>
+      <c r="C47" t="s">
+        <v>115</v>
+      </c>
+      <c r="D47" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>338</v>
+      </c>
+      <c r="H47">
+        <v>1989</v>
+      </c>
+      <c r="I47">
+        <v>2025</v>
+      </c>
+      <c r="J47" t="s">
+        <v>339</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>340</v>
+      </c>
+      <c r="M47" t="s">
+        <v>333</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>341</v>
+      </c>
+      <c r="P47" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>343</v>
+      </c>
+      <c r="B48" t="s">
+        <v>344</v>
+      </c>
+      <c r="C48" t="s">
+        <v>115</v>
+      </c>
+      <c r="D48" t="s">
+        <v>345</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>159</v>
+      </c>
+      <c r="G48" t="s">
+        <v>71</v>
+      </c>
+      <c r="H48">
         <v>2021</v>
       </c>
-      <c r="I34" t="s">
-[...129 lines deleted...]
-      <c r="I37" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>63</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>346</v>
+      </c>
+      <c r="M48" t="s">
+        <v>347</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>348</v>
+      </c>
+      <c r="P48" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>350</v>
+      </c>
+      <c r="B49" t="s">
+        <v>351</v>
+      </c>
+      <c r="C49" t="s">
+        <v>352</v>
+      </c>
+      <c r="D49" t="s">
+        <v>353</v>
+      </c>
+      <c r="E49" t="s">
         <v>20</v>
       </c>
-      <c r="J37" t="s">
-[...500 lines deleted...]
-      </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2019</v>
       </c>
-      <c r="I49" t="s">
-        <v>37</v>
+      <c r="I49">
+        <v>2019</v>
       </c>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K49" t="s">
-        <v>259</v>
+        <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>260</v>
+        <v>354</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
       <c r="N49" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>356</v>
+      </c>
+      <c r="P49" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>262</v>
+        <v>358</v>
       </c>
       <c r="B50" t="s">
-        <v>263</v>
+        <v>359</v>
       </c>
       <c r="C50" t="s">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="D50" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>1987</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>1988</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>361</v>
       </c>
       <c r="N50" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>362</v>
+      </c>
+      <c r="P50" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>266</v>
+        <v>364</v>
       </c>
       <c r="B51" t="s">
-        <v>263</v>
+        <v>365</v>
       </c>
       <c r="C51" t="s">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="D51" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E51" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2011</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2014</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="K51" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>268</v>
+        <v>366</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N51" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>368</v>
+      </c>
+      <c r="P51" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>370</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>371</v>
       </c>
       <c r="C52" t="s">
-        <v>91</v>
+        <v>372</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E52" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>107</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2013</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2024</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>29</v>
+        <v>373</v>
       </c>
       <c r="K52" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>274</v>
+        <v>374</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>375</v>
       </c>
       <c r="N52" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>376</v>
+      </c>
+      <c r="P52" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>276</v>
+        <v>378</v>
       </c>
       <c r="B53" t="s">
-        <v>277</v>
+        <v>379</v>
       </c>
       <c r="C53" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E53" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>107</v>
+      </c>
+      <c r="G53" t="s">
+        <v>71</v>
+      </c>
+      <c r="H53">
         <v>2019</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>29</v>
+        <v>381</v>
       </c>
       <c r="K53" t="s">
-        <v>279</v>
+        <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>280</v>
+        <v>382</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>383</v>
       </c>
       <c r="N53" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>384</v>
+      </c>
+      <c r="P53" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>282</v>
+        <v>386</v>
       </c>
       <c r="B54" t="s">
-        <v>175</v>
+        <v>387</v>
       </c>
       <c r="C54" t="s">
-        <v>50</v>
+        <v>233</v>
       </c>
       <c r="D54" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E54" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>159</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>1998</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2014</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>29</v>
+        <v>388</v>
       </c>
       <c r="K54" t="s">
-        <v>284</v>
+        <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>177</v>
+        <v>389</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>235</v>
       </c>
       <c r="N54" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>390</v>
+      </c>
+      <c r="P54" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>286</v>
+        <v>392</v>
       </c>
       <c r="B55" t="s">
-        <v>287</v>
+        <v>393</v>
       </c>
       <c r="C55" t="s">
-        <v>91</v>
+        <v>394</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E55" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>107</v>
+      </c>
+      <c r="G55" t="s">
+        <v>62</v>
+      </c>
+      <c r="H55">
         <v>2015</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2018</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>29</v>
+        <v>395</v>
       </c>
       <c r="K55" t="s">
-        <v>289</v>
+        <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>274</v>
+        <v>396</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>375</v>
       </c>
       <c r="N55" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>397</v>
+      </c>
+      <c r="P55" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>291</v>
+        <v>399</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>400</v>
       </c>
       <c r="C56" t="s">
-        <v>91</v>
+        <v>187</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E56" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>107</v>
+      </c>
+      <c r="G56" t="s">
+        <v>71</v>
+      </c>
+      <c r="H56">
         <v>2021</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2024</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>29</v>
+        <v>401</v>
       </c>
       <c r="K56" t="s">
-        <v>293</v>
+        <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>144</v>
+        <v>402</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N56" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>403</v>
+      </c>
+      <c r="P56" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>295</v>
+        <v>405</v>
       </c>
       <c r="B57" t="s">
-        <v>296</v>
+        <v>406</v>
       </c>
       <c r="C57" t="s">
-        <v>50</v>
+        <v>407</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E57" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2001</v>
       </c>
-      <c r="H57">
+      <c r="I57">
         <v>2021</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>29</v>
+        <v>408</v>
       </c>
       <c r="K57" t="s">
-        <v>298</v>
+        <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>299</v>
+        <v>409</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>410</v>
       </c>
       <c r="N57" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>411</v>
+      </c>
+      <c r="P57" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>301</v>
+        <v>413</v>
       </c>
       <c r="B58" t="s">
-        <v>302</v>
+        <v>414</v>
       </c>
       <c r="C58" t="s">
-        <v>91</v>
+        <v>415</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2001</v>
       </c>
-      <c r="H58">
+      <c r="I58">
         <v>2015</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>417</v>
       </c>
       <c r="N58" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>418</v>
+      </c>
+      <c r="P58" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>306</v>
+        <v>420</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>421</v>
       </c>
       <c r="C59" t="s">
-        <v>91</v>
+        <v>415</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E59" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2001</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2015</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>417</v>
       </c>
       <c r="N59" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>422</v>
+      </c>
+      <c r="P59" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>308</v>
+        <v>424</v>
       </c>
       <c r="B60" t="s">
-        <v>302</v>
+        <v>425</v>
       </c>
       <c r="C60" t="s">
-        <v>50</v>
+        <v>415</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2001</v>
       </c>
-      <c r="H60">
+      <c r="I60">
         <v>2015</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>417</v>
       </c>
       <c r="N60" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>426</v>
+      </c>
+      <c r="P60" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>310</v>
+        <v>428</v>
       </c>
       <c r="B61" t="s">
-        <v>302</v>
+        <v>429</v>
       </c>
       <c r="C61" t="s">
-        <v>50</v>
+        <v>415</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E61" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2001</v>
       </c>
-      <c r="H61">
+      <c r="I61">
         <v>2015</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>417</v>
       </c>
       <c r="N61" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>430</v>
+      </c>
+      <c r="P61" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>312</v>
+        <v>432</v>
       </c>
       <c r="B62" t="s">
-        <v>313</v>
+        <v>433</v>
       </c>
       <c r="C62" t="s">
-        <v>50</v>
+        <v>434</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E62" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>107</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>1998</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2012</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>29</v>
+        <v>435</v>
       </c>
       <c r="K62" t="s">
-        <v>315</v>
+        <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>316</v>
+        <v>436</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="N62" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>438</v>
+      </c>
+      <c r="P62" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>440</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>441</v>
       </c>
       <c r="C63" t="s">
-        <v>50</v>
+        <v>442</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>71</v>
+      </c>
+      <c r="H63">
         <v>2014</v>
       </c>
-      <c r="H63"/>
-      <c r="I63" t="s">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>79</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>443</v>
+      </c>
+      <c r="M63" t="s">
+        <v>444</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>445</v>
+      </c>
+      <c r="P63" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>447</v>
+      </c>
+      <c r="B64" t="s">
+        <v>448</v>
+      </c>
+      <c r="C64" t="s">
+        <v>449</v>
+      </c>
+      <c r="D64" t="s">
+        <v>61</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>152</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>450</v>
+      </c>
+      <c r="M64" t="s">
+        <v>451</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>452</v>
+      </c>
+      <c r="P64" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>454</v>
+      </c>
+      <c r="B65" t="s">
+        <v>455</v>
+      </c>
+      <c r="C65" t="s">
+        <v>449</v>
+      </c>
+      <c r="D65" t="s">
+        <v>61</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65">
+        <v>2014</v>
+      </c>
+      <c r="J65" t="s">
+        <v>152</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>450</v>
+      </c>
+      <c r="M65" t="s">
+        <v>451</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>456</v>
+      </c>
+      <c r="P65" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>458</v>
+      </c>
+      <c r="B66" t="s">
+        <v>459</v>
+      </c>
+      <c r="C66" t="s">
+        <v>460</v>
+      </c>
+      <c r="D66" t="s">
+        <v>461</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1996</v>
+      </c>
+      <c r="I66">
+        <v>2017</v>
+      </c>
+      <c r="J66" t="s">
+        <v>79</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>462</v>
+      </c>
+      <c r="M66" t="s">
+        <v>463</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>464</v>
+      </c>
+      <c r="P66" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>466</v>
+      </c>
+      <c r="B67" t="s">
+        <v>441</v>
+      </c>
+      <c r="C67" t="s">
+        <v>460</v>
+      </c>
+      <c r="D67" t="s">
+        <v>125</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1996</v>
+      </c>
+      <c r="I67">
+        <v>2017</v>
+      </c>
+      <c r="J67" t="s">
+        <v>79</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>463</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>467</v>
+      </c>
+      <c r="P67" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>468</v>
+      </c>
+      <c r="B68" t="s">
+        <v>469</v>
+      </c>
+      <c r="C68" t="s">
+        <v>470</v>
+      </c>
+      <c r="D68" t="s">
+        <v>61</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>71</v>
+      </c>
+      <c r="H68">
+        <v>2022</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>471</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>472</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>473</v>
+      </c>
+      <c r="P68" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>475</v>
+      </c>
+      <c r="B69" t="s">
+        <v>476</v>
+      </c>
+      <c r="C69" t="s">
+        <v>470</v>
+      </c>
+      <c r="D69" t="s">
+        <v>61</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>107</v>
+      </c>
+      <c r="G69" t="s">
+        <v>71</v>
+      </c>
+      <c r="H69">
+        <v>2009</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>72</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>477</v>
+      </c>
+      <c r="M69" t="s">
+        <v>472</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>478</v>
+      </c>
+      <c r="P69" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>480</v>
+      </c>
+      <c r="B70" t="s">
+        <v>481</v>
+      </c>
+      <c r="C70" t="s">
+        <v>482</v>
+      </c>
+      <c r="D70" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2004</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
         <v>63</v>
       </c>
-      <c r="J63" t="s">
-[...37 lines deleted...]
-      <c r="H64">
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>127</v>
+      </c>
+      <c r="M70" t="s">
+        <v>483</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>484</v>
+      </c>
+      <c r="P70" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>480</v>
+      </c>
+      <c r="B71" t="s">
+        <v>486</v>
+      </c>
+      <c r="C71" t="s">
+        <v>482</v>
+      </c>
+      <c r="D71" t="s">
+        <v>487</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>107</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2004</v>
+      </c>
+      <c r="I71">
+        <v>2010</v>
+      </c>
+      <c r="J71" t="s">
+        <v>408</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>127</v>
+      </c>
+      <c r="M71" t="s">
+        <v>483</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>488</v>
+      </c>
+      <c r="P71" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>490</v>
+      </c>
+      <c r="B72" t="s">
+        <v>491</v>
+      </c>
+      <c r="C72" t="s">
+        <v>225</v>
+      </c>
+      <c r="D72" t="s">
+        <v>116</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>492</v>
+      </c>
+      <c r="H72">
+        <v>2008</v>
+      </c>
+      <c r="I72">
         <v>2014</v>
       </c>
-      <c r="I64" t="s">
-[...87 lines deleted...]
-      <c r="I66" t="s">
+      <c r="J72" t="s">
+        <v>381</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>493</v>
+      </c>
+      <c r="M72" t="s">
+        <v>494</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>495</v>
+      </c>
+      <c r="P72" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>497</v>
+      </c>
+      <c r="B73" t="s">
+        <v>498</v>
+      </c>
+      <c r="C73" t="s">
+        <v>499</v>
+      </c>
+      <c r="D73" t="s">
+        <v>116</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>107</v>
+      </c>
+      <c r="G73" t="s">
+        <v>71</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
         <v>63</v>
       </c>
-      <c r="J66" t="s">
-[...299 lines deleted...]
-      </c>
       <c r="K73" t="s">
-        <v>358</v>
+        <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>359</v>
+        <v>500</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>501</v>
       </c>
       <c r="N73" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>502</v>
+      </c>
+      <c r="P73" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>361</v>
+        <v>504</v>
       </c>
       <c r="B74" t="s">
-        <v>362</v>
+        <v>441</v>
       </c>
       <c r="C74" t="s">
-        <v>363</v>
+        <v>505</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>506</v>
       </c>
       <c r="E74" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G74"/>
+        <v>107</v>
+      </c>
+      <c r="G74" t="s">
+        <v>108</v>
+      </c>
       <c r="H74"/>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>507</v>
       </c>
       <c r="N74" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>508</v>
+      </c>
+      <c r="P74" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B75" t="s">
-        <v>367</v>
+        <v>441</v>
       </c>
       <c r="C75" t="s">
-        <v>91</v>
+        <v>511</v>
       </c>
       <c r="D75" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G75"/>
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>108</v>
+      </c>
       <c r="H75"/>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
       <c r="N75" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>513</v>
+      </c>
+      <c r="P75" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B76" t="s">
-        <v>367</v>
+        <v>441</v>
       </c>
       <c r="C76" t="s">
-        <v>91</v>
+        <v>511</v>
       </c>
       <c r="D76" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="E76" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G76"/>
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
+        <v>108</v>
+      </c>
       <c r="H76"/>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
       <c r="N76" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>515</v>
+      </c>
+      <c r="P76" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B77" t="s">
-        <v>371</v>
+        <v>441</v>
       </c>
       <c r="C77" t="s">
-        <v>91</v>
+        <v>516</v>
       </c>
       <c r="D77" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="E77" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G77"/>
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>108</v>
+      </c>
       <c r="H77"/>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
       <c r="N77" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>517</v>
+      </c>
+      <c r="P77" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B78" t="s">
-        <v>371</v>
+        <v>441</v>
       </c>
       <c r="C78" t="s">
-        <v>91</v>
+        <v>516</v>
       </c>
       <c r="D78" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G78"/>
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>108</v>
+      </c>
       <c r="H78"/>
-      <c r="I78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
       <c r="N78" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>519</v>
+      </c>
+      <c r="P78" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B79" t="s">
-        <v>374</v>
+        <v>441</v>
       </c>
       <c r="C79" t="s">
-        <v>91</v>
+        <v>520</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E79" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G79"/>
+        <v>107</v>
+      </c>
+      <c r="G79" t="s">
+        <v>108</v>
+      </c>
       <c r="H79"/>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>521</v>
       </c>
       <c r="N79" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>522</v>
+      </c>
+      <c r="P79" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>366</v>
+        <v>510</v>
       </c>
       <c r="B80" t="s">
-        <v>377</v>
+        <v>441</v>
       </c>
       <c r="C80" t="s">
-        <v>91</v>
+        <v>524</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E80" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G80"/>
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>108</v>
+      </c>
       <c r="H80"/>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>525</v>
       </c>
       <c r="N80" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>526</v>
+      </c>
+      <c r="P80" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>380</v>
+        <v>528</v>
       </c>
       <c r="B81" t="s">
-        <v>381</v>
+        <v>529</v>
       </c>
       <c r="C81" t="s">
-        <v>91</v>
+        <v>530</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E81" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>107</v>
+      </c>
+      <c r="G81" t="s">
+        <v>71</v>
+      </c>
+      <c r="H81">
         <v>2016</v>
       </c>
-      <c r="H81"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>531</v>
       </c>
       <c r="N81" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>532</v>
+      </c>
+      <c r="P81" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>384</v>
+        <v>534</v>
       </c>
       <c r="B82" t="s">
-        <v>183</v>
+        <v>243</v>
       </c>
       <c r="C82" t="s">
-        <v>91</v>
+        <v>244</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2010</v>
       </c>
-      <c r="I82" t="s">
+      <c r="I82">
+        <v>2010</v>
+      </c>
+      <c r="J82" t="s">
+        <v>79</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>245</v>
+      </c>
+      <c r="M82" t="s">
+        <v>246</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>535</v>
+      </c>
+      <c r="P82" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>537</v>
+      </c>
+      <c r="B83" t="s">
+        <v>538</v>
+      </c>
+      <c r="C83" t="s">
+        <v>244</v>
+      </c>
+      <c r="D83" t="s">
+        <v>116</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1992</v>
+      </c>
+      <c r="I83">
+        <v>2004</v>
+      </c>
+      <c r="J83" t="s">
+        <v>79</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>245</v>
+      </c>
+      <c r="M83" t="s">
+        <v>246</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>539</v>
+      </c>
+      <c r="P83" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>541</v>
+      </c>
+      <c r="B84" t="s">
+        <v>441</v>
+      </c>
+      <c r="C84" t="s">
+        <v>542</v>
+      </c>
+      <c r="D84" t="s">
+        <v>116</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>108</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>72</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>543</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>544</v>
+      </c>
+      <c r="P84" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>546</v>
+      </c>
+      <c r="B85" t="s">
+        <v>547</v>
+      </c>
+      <c r="C85" t="s">
+        <v>225</v>
+      </c>
+      <c r="D85" t="s">
+        <v>116</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85">
+        <v>2022</v>
+      </c>
+      <c r="J85" t="s">
+        <v>381</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>548</v>
+      </c>
+      <c r="M85" t="s">
+        <v>494</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>549</v>
+      </c>
+      <c r="P85" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>551</v>
+      </c>
+      <c r="B86" t="s">
+        <v>552</v>
+      </c>
+      <c r="C86" t="s">
+        <v>225</v>
+      </c>
+      <c r="D86" t="s">
+        <v>116</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86">
+        <v>2025</v>
+      </c>
+      <c r="J86" t="s">
+        <v>553</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>494</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>554</v>
+      </c>
+      <c r="P86" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>555</v>
+      </c>
+      <c r="B87" t="s">
+        <v>69</v>
+      </c>
+      <c r="C87" t="s">
+        <v>70</v>
+      </c>
+      <c r="D87" t="s">
+        <v>61</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>71</v>
+      </c>
+      <c r="H87">
+        <v>2010</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>72</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>73</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>556</v>
+      </c>
+      <c r="P87" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>558</v>
+      </c>
+      <c r="B88" t="s">
+        <v>559</v>
+      </c>
+      <c r="C88" t="s">
+        <v>321</v>
+      </c>
+      <c r="D88" t="s">
+        <v>116</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>107</v>
+      </c>
+      <c r="G88" t="s">
+        <v>560</v>
+      </c>
+      <c r="H88">
+        <v>2021</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
         <v>63</v>
       </c>
-      <c r="J82" t="s">
-[...8 lines deleted...]
-      <c r="M82" t="s">
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>561</v>
+      </c>
+      <c r="M88" t="s">
+        <v>562</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>563</v>
+      </c>
+      <c r="P88" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>565</v>
+      </c>
+      <c r="B89" t="s">
+        <v>566</v>
+      </c>
+      <c r="C89" t="s">
+        <v>567</v>
+      </c>
+      <c r="D89" t="s">
+        <v>116</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>107</v>
+      </c>
+      <c r="G89" t="s">
+        <v>71</v>
+      </c>
+      <c r="H89">
+        <v>2024</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>401</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>568</v>
+      </c>
+      <c r="M89" t="s">
+        <v>569</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>570</v>
+      </c>
+      <c r="P89" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>572</v>
+      </c>
+      <c r="B90" t="s">
+        <v>573</v>
+      </c>
+      <c r="C90" t="s">
+        <v>233</v>
+      </c>
+      <c r="D90" t="s">
+        <v>116</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2000</v>
+      </c>
+      <c r="I90">
+        <v>2018</v>
+      </c>
+      <c r="J90" t="s">
+        <v>63</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>235</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>574</v>
+      </c>
+      <c r="P90" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>576</v>
+      </c>
+      <c r="B91" t="s">
+        <v>577</v>
+      </c>
+      <c r="C91" t="s">
+        <v>291</v>
+      </c>
+      <c r="D91" t="s">
+        <v>292</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>71</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>33</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>293</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>578</v>
+      </c>
+      <c r="P91" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>579</v>
+      </c>
+      <c r="B92" t="s">
+        <v>580</v>
+      </c>
+      <c r="C92" t="s">
+        <v>321</v>
+      </c>
+      <c r="D92" t="s">
+        <v>581</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>107</v>
+      </c>
+      <c r="G92" t="s">
+        <v>71</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>63</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>582</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>583</v>
+      </c>
+      <c r="P92" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>585</v>
+      </c>
+      <c r="B93" t="s">
+        <v>586</v>
+      </c>
+      <c r="C93" t="s">
+        <v>587</v>
+      </c>
+      <c r="D93" t="s">
+        <v>116</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>588</v>
+      </c>
+      <c r="G93" t="s">
+        <v>71</v>
+      </c>
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>589</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>590</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>591</v>
+      </c>
+      <c r="P93" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>593</v>
+      </c>
+      <c r="B94" t="s">
+        <v>594</v>
+      </c>
+      <c r="C94" t="s">
+        <v>360</v>
+      </c>
+      <c r="D94" t="s">
+        <v>595</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>43</v>
+      </c>
+      <c r="G94" t="s">
+        <v>71</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>172</v>
+      </c>
+      <c r="K94" t="s">
         <v>24</v>
       </c>
-      <c r="N82" t="s">
-[...40 lines deleted...]
-      <c r="M83" t="s">
+      <c r="L94" t="s">
+        <v>596</v>
+      </c>
+      <c r="M94" t="s">
+        <v>597</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>598</v>
+      </c>
+      <c r="P94" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>600</v>
+      </c>
+      <c r="B95" t="s">
+        <v>601</v>
+      </c>
+      <c r="C95" t="s">
+        <v>407</v>
+      </c>
+      <c r="D95" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2007</v>
+      </c>
+      <c r="I95">
+        <v>2018</v>
+      </c>
+      <c r="J95" t="s">
+        <v>408</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>602</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>603</v>
+      </c>
+      <c r="P95" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>605</v>
+      </c>
+      <c r="B96" t="s">
+        <v>606</v>
+      </c>
+      <c r="C96" t="s">
+        <v>352</v>
+      </c>
+      <c r="D96" t="s">
+        <v>125</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>71</v>
+      </c>
+      <c r="H96">
+        <v>2012</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>44</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>354</v>
+      </c>
+      <c r="M96" t="s">
+        <v>355</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>607</v>
+      </c>
+      <c r="P96" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>609</v>
+      </c>
+      <c r="B97" t="s">
+        <v>610</v>
+      </c>
+      <c r="C97" t="s">
+        <v>567</v>
+      </c>
+      <c r="D97" t="s">
+        <v>611</v>
+      </c>
+      <c r="E97" t="s">
+        <v>612</v>
+      </c>
+      <c r="F97" t="s">
+        <v>613</v>
+      </c>
+      <c r="G97" t="s">
+        <v>71</v>
+      </c>
+      <c r="H97">
+        <v>2023</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>181</v>
+      </c>
+      <c r="K97" t="s">
+        <v>614</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>569</v>
+      </c>
+      <c r="N97" t="s">
+        <v>36</v>
+      </c>
+      <c r="O97" t="s">
+        <v>615</v>
+      </c>
+      <c r="P97" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>617</v>
+      </c>
+      <c r="B98" t="s">
+        <v>618</v>
+      </c>
+      <c r="C98" t="s">
+        <v>619</v>
+      </c>
+      <c r="D98" t="s">
+        <v>116</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>43</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2017</v>
+      </c>
+      <c r="I98">
+        <v>2019</v>
+      </c>
+      <c r="J98" t="s">
+        <v>620</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>621</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>622</v>
+      </c>
+      <c r="P98" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>624</v>
+      </c>
+      <c r="B99" t="s">
+        <v>625</v>
+      </c>
+      <c r="C99" t="s">
+        <v>626</v>
+      </c>
+      <c r="D99" t="s">
+        <v>61</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>71</v>
+      </c>
+      <c r="H99">
+        <v>2018</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>381</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>624</v>
+      </c>
+      <c r="M99" t="s">
+        <v>627</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>628</v>
+      </c>
+      <c r="P99" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>630</v>
+      </c>
+      <c r="B100" t="s">
+        <v>631</v>
+      </c>
+      <c r="C100" t="s">
+        <v>632</v>
+      </c>
+      <c r="D100" t="s">
+        <v>61</v>
+      </c>
+      <c r="E100" t="s">
+        <v>42</v>
+      </c>
+      <c r="F100" t="s">
+        <v>159</v>
+      </c>
+      <c r="G100" t="s">
+        <v>71</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>633</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>634</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>635</v>
+      </c>
+      <c r="P100" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>637</v>
+      </c>
+      <c r="B101" t="s">
+        <v>638</v>
+      </c>
+      <c r="C101" t="s">
+        <v>632</v>
+      </c>
+      <c r="D101" t="s">
+        <v>639</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>159</v>
+      </c>
+      <c r="G101" t="s">
+        <v>71</v>
+      </c>
+      <c r="H101">
+        <v>2014</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>633</v>
+      </c>
+      <c r="K101" t="s">
+        <v>160</v>
+      </c>
+      <c r="L101" t="s">
+        <v>640</v>
+      </c>
+      <c r="M101" t="s">
+        <v>634</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>641</v>
+      </c>
+      <c r="P101" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>643</v>
+      </c>
+      <c r="B102" t="s">
+        <v>644</v>
+      </c>
+      <c r="C102" t="s">
+        <v>645</v>
+      </c>
+      <c r="D102" t="s">
+        <v>646</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>71</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>44</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>647</v>
+      </c>
+      <c r="M102" t="s">
+        <v>648</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>649</v>
+      </c>
+      <c r="P102" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>651</v>
+      </c>
+      <c r="B103" t="s">
+        <v>652</v>
+      </c>
+      <c r="C103" t="s">
+        <v>645</v>
+      </c>
+      <c r="D103" t="s">
+        <v>61</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>71</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>79</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>653</v>
+      </c>
+      <c r="M103" t="s">
+        <v>648</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>654</v>
+      </c>
+      <c r="P103" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>656</v>
+      </c>
+      <c r="B104" t="s">
+        <v>657</v>
+      </c>
+      <c r="C104" t="s">
+        <v>407</v>
+      </c>
+      <c r="D104" t="s">
+        <v>116</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>71</v>
+      </c>
+      <c r="H104">
+        <v>2022</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>401</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>658</v>
+      </c>
+      <c r="M104" t="s">
+        <v>602</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>659</v>
+      </c>
+      <c r="P104" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>661</v>
+      </c>
+      <c r="B105" t="s">
+        <v>662</v>
+      </c>
+      <c r="C105" t="s">
+        <v>187</v>
+      </c>
+      <c r="D105" t="s">
+        <v>61</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>71</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>265</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>663</v>
+      </c>
+      <c r="M105" t="s">
+        <v>189</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>664</v>
+      </c>
+      <c r="P105" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>666</v>
+      </c>
+      <c r="B106" t="s">
+        <v>667</v>
+      </c>
+      <c r="C106" t="s">
+        <v>668</v>
+      </c>
+      <c r="D106" t="s">
+        <v>669</v>
+      </c>
+      <c r="E106" t="s">
+        <v>612</v>
+      </c>
+      <c r="F106" t="s">
+        <v>107</v>
+      </c>
+      <c r="G106" t="s">
+        <v>108</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>553</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106"/>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>670</v>
+      </c>
+      <c r="P106" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>672</v>
+      </c>
+      <c r="B107" t="s">
+        <v>673</v>
+      </c>
+      <c r="C107" t="s">
+        <v>407</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>42</v>
+      </c>
+      <c r="F107" t="s">
+        <v>159</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>1993</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
+      <c r="J107" t="s">
+        <v>408</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>674</v>
+      </c>
+      <c r="M107" t="s">
+        <v>675</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>676</v>
+      </c>
+      <c r="P107" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>678</v>
+      </c>
+      <c r="B108" t="s">
+        <v>679</v>
+      </c>
+      <c r="C108" t="s">
+        <v>233</v>
+      </c>
+      <c r="D108" t="s">
+        <v>116</v>
+      </c>
+      <c r="E108" t="s">
+        <v>42</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>1996</v>
+      </c>
+      <c r="I108">
+        <v>2011</v>
+      </c>
+      <c r="J108" t="s">
+        <v>172</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>234</v>
+      </c>
+      <c r="M108" t="s">
+        <v>235</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>680</v>
+      </c>
+      <c r="P108" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>682</v>
+      </c>
+      <c r="B109" t="s">
+        <v>116</v>
+      </c>
+      <c r="C109" t="s">
+        <v>233</v>
+      </c>
+      <c r="D109" t="s">
+        <v>116</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1996</v>
+      </c>
+      <c r="I109">
+        <v>2011</v>
+      </c>
+      <c r="J109" t="s">
+        <v>172</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>234</v>
+      </c>
+      <c r="M109" t="s">
+        <v>235</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>683</v>
+      </c>
+      <c r="P109" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>684</v>
+      </c>
+      <c r="B110" t="s">
+        <v>685</v>
+      </c>
+      <c r="C110" t="s">
+        <v>442</v>
+      </c>
+      <c r="D110" t="s">
+        <v>61</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2005</v>
+      </c>
+      <c r="I110">
+        <v>2013</v>
+      </c>
+      <c r="J110" t="s">
+        <v>44</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>686</v>
+      </c>
+      <c r="M110" t="s">
+        <v>444</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>687</v>
+      </c>
+      <c r="P110" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>689</v>
+      </c>
+      <c r="B111" t="s">
+        <v>690</v>
+      </c>
+      <c r="C111" t="s">
+        <v>691</v>
+      </c>
+      <c r="D111" t="s">
+        <v>692</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>107</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2017</v>
+      </c>
+      <c r="I111">
+        <v>2021</v>
+      </c>
+      <c r="J111" t="s">
+        <v>395</v>
+      </c>
+      <c r="K111" t="s">
+        <v>693</v>
+      </c>
+      <c r="L111" t="s">
+        <v>694</v>
+      </c>
+      <c r="M111" t="s">
+        <v>695</v>
+      </c>
+      <c r="N111" t="s">
+        <v>36</v>
+      </c>
+      <c r="O111" t="s">
+        <v>696</v>
+      </c>
+      <c r="P111" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>698</v>
+      </c>
+      <c r="B112" t="s">
+        <v>699</v>
+      </c>
+      <c r="C112" t="s">
+        <v>700</v>
+      </c>
+      <c r="D112" t="s">
+        <v>143</v>
+      </c>
+      <c r="E112" t="s">
+        <v>42</v>
+      </c>
+      <c r="F112" t="s">
+        <v>107</v>
+      </c>
+      <c r="G112" t="s">
+        <v>108</v>
+      </c>
+      <c r="H112"/>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>435</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>144</v>
+      </c>
+      <c r="M112" t="s">
+        <v>701</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>702</v>
+      </c>
+      <c r="P112" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>704</v>
+      </c>
+      <c r="B113" t="s">
+        <v>705</v>
+      </c>
+      <c r="C113" t="s">
+        <v>706</v>
+      </c>
+      <c r="D113" t="s">
+        <v>707</v>
+      </c>
+      <c r="E113" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" t="s">
+        <v>43</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113">
+        <v>2018</v>
+      </c>
+      <c r="J113" t="s">
+        <v>416</v>
+      </c>
+      <c r="K113" t="s">
         <v>24</v>
       </c>
-      <c r="N83" t="s">
-[...146 lines deleted...]
-      <c r="G87">
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>708</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>709</v>
+      </c>
+      <c r="P113" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>711</v>
+      </c>
+      <c r="B114" t="s">
+        <v>712</v>
+      </c>
+      <c r="C114" t="s">
+        <v>713</v>
+      </c>
+      <c r="D114" t="s">
+        <v>61</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>107</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2013</v>
+      </c>
+      <c r="I114">
+        <v>2015</v>
+      </c>
+      <c r="J114" t="s">
+        <v>265</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>714</v>
+      </c>
+      <c r="M114" t="s">
+        <v>715</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>716</v>
+      </c>
+      <c r="P114" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>718</v>
+      </c>
+      <c r="B115" t="s">
+        <v>719</v>
+      </c>
+      <c r="C115" t="s">
+        <v>720</v>
+      </c>
+      <c r="D115" t="s">
+        <v>61</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>43</v>
+      </c>
+      <c r="G115" t="s">
+        <v>71</v>
+      </c>
+      <c r="H115">
+        <v>2007</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>408</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>721</v>
+      </c>
+      <c r="M115" t="s">
+        <v>722</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>723</v>
+      </c>
+      <c r="P115" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>725</v>
+      </c>
+      <c r="B116" t="s">
+        <v>726</v>
+      </c>
+      <c r="C116" t="s">
+        <v>727</v>
+      </c>
+      <c r="D116" t="s">
+        <v>728</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116">
+        <v>2013</v>
+      </c>
+      <c r="J116" t="s">
+        <v>33</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>512</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>729</v>
+      </c>
+      <c r="P116" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>731</v>
+      </c>
+      <c r="B117" t="s">
+        <v>732</v>
+      </c>
+      <c r="C117" t="s">
+        <v>720</v>
+      </c>
+      <c r="D117" t="s">
+        <v>116</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>71</v>
+      </c>
+      <c r="H117">
+        <v>2015</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>408</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>733</v>
+      </c>
+      <c r="M117" t="s">
+        <v>722</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>734</v>
+      </c>
+      <c r="P117" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>736</v>
+      </c>
+      <c r="B118" t="s">
+        <v>737</v>
+      </c>
+      <c r="C118" t="s">
+        <v>738</v>
+      </c>
+      <c r="D118" t="s">
+        <v>61</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>107</v>
+      </c>
+      <c r="G118" t="s">
+        <v>71</v>
+      </c>
+      <c r="H118">
+        <v>2019</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>72</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>739</v>
+      </c>
+      <c r="M118" t="s">
+        <v>740</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>741</v>
+      </c>
+      <c r="P118" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>743</v>
+      </c>
+      <c r="B119" t="s">
+        <v>744</v>
+      </c>
+      <c r="C119" t="s">
+        <v>745</v>
+      </c>
+      <c r="D119" t="s">
+        <v>746</v>
+      </c>
+      <c r="E119" t="s">
+        <v>42</v>
+      </c>
+      <c r="F119" t="s">
+        <v>43</v>
+      </c>
+      <c r="G119" t="s">
+        <v>71</v>
+      </c>
+      <c r="H119">
+        <v>2014</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>633</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>747</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>748</v>
+      </c>
+      <c r="P119" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>750</v>
+      </c>
+      <c r="B120" t="s">
+        <v>751</v>
+      </c>
+      <c r="C120" t="s">
+        <v>745</v>
+      </c>
+      <c r="D120" t="s">
+        <v>752</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>43</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2008</v>
+      </c>
+      <c r="I120">
+        <v>2013</v>
+      </c>
+      <c r="J120" t="s">
+        <v>79</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>25</v>
+      </c>
+      <c r="M120" t="s">
+        <v>747</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>753</v>
+      </c>
+      <c r="P120" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>755</v>
+      </c>
+      <c r="B121" t="s">
+        <v>756</v>
+      </c>
+      <c r="C121" t="s">
+        <v>233</v>
+      </c>
+      <c r="D121" t="s">
+        <v>116</v>
+      </c>
+      <c r="E121" t="s">
+        <v>42</v>
+      </c>
+      <c r="F121" t="s">
+        <v>43</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2010</v>
       </c>
-      <c r="H87"/>
-[...123 lines deleted...]
-      <c r="H90">
+      <c r="I121">
         <v>2018</v>
       </c>
-      <c r="I90" t="s">
-[...1257 lines deleted...]
-      <c r="K120" t="s">
+      <c r="J121" t="s">
+        <v>172</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>235</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>757</v>
+      </c>
+      <c r="P121" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>759</v>
+      </c>
+      <c r="B122" t="s">
+        <v>760</v>
+      </c>
+      <c r="C122" t="s">
+        <v>233</v>
+      </c>
+      <c r="D122" t="s">
+        <v>61</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>43</v>
+      </c>
+      <c r="G122" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H122">
         <v>2010</v>
       </c>
-      <c r="I122" t="s">
-        <v>131</v>
+      <c r="I122">
+        <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="K122" t="s">
-        <v>537</v>
+        <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>177</v>
+        <v>761</v>
       </c>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>235</v>
       </c>
       <c r="N122" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>762</v>
+      </c>
+      <c r="P122" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>539</v>
+        <v>764</v>
       </c>
       <c r="B123" t="s">
-        <v>540</v>
+        <v>765</v>
       </c>
       <c r="C123" t="s">
-        <v>91</v>
+        <v>766</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E123" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>107</v>
+      </c>
+      <c r="G123" t="s">
+        <v>71</v>
+      </c>
+      <c r="H123">
         <v>2015</v>
       </c>
-      <c r="H123"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I123"/>
       <c r="J123" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>767</v>
       </c>
       <c r="N123" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>768</v>
+      </c>
+      <c r="P123" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>543</v>
+        <v>770</v>
       </c>
       <c r="B124" t="s">
-        <v>540</v>
+        <v>441</v>
       </c>
       <c r="C124" t="s">
-        <v>50</v>
+        <v>766</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E124" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>43</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2015</v>
       </c>
-      <c r="H124">
+      <c r="I124">
         <v>2019</v>
       </c>
-      <c r="I124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J124" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>767</v>
       </c>
       <c r="N124" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>771</v>
+      </c>
+      <c r="P124" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>545</v>
+        <v>773</v>
       </c>
       <c r="B125" t="s">
-        <v>540</v>
+        <v>441</v>
       </c>
       <c r="C125" t="s">
-        <v>50</v>
+        <v>766</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E125" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>71</v>
+      </c>
+      <c r="H125">
         <v>2015</v>
       </c>
-      <c r="H125"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I125"/>
       <c r="J125" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>767</v>
       </c>
       <c r="N125" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>774</v>
+      </c>
+      <c r="P125" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>547</v>
+        <v>775</v>
       </c>
       <c r="B126" t="s">
-        <v>548</v>
+        <v>776</v>
       </c>
       <c r="C126" t="s">
-        <v>50</v>
+        <v>777</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E126" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>107</v>
+      </c>
+      <c r="G126" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126">
         <v>2019</v>
       </c>
-      <c r="H126"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>778</v>
       </c>
       <c r="N126" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>779</v>
+      </c>
+      <c r="P126" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>551</v>
+        <v>781</v>
       </c>
       <c r="B127" t="s">
-        <v>552</v>
+        <v>782</v>
       </c>
       <c r="C127" t="s">
-        <v>91</v>
+        <v>783</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G127"/>
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>108</v>
+      </c>
       <c r="H127"/>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>784</v>
       </c>
       <c r="N127" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>785</v>
+      </c>
+      <c r="P127" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>555</v>
+        <v>787</v>
       </c>
       <c r="B128" t="s">
-        <v>556</v>
+        <v>788</v>
       </c>
       <c r="C128" t="s">
-        <v>557</v>
+        <v>789</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>790</v>
       </c>
       <c r="E128" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>43</v>
+      </c>
+      <c r="G128" t="s">
+        <v>71</v>
+      </c>
+      <c r="H128">
         <v>2018</v>
       </c>
-      <c r="H128"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>791</v>
       </c>
       <c r="N128" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>792</v>
+      </c>
+      <c r="P128" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>560</v>
+        <v>794</v>
       </c>
       <c r="B129" t="s">
-        <v>561</v>
+        <v>795</v>
       </c>
       <c r="C129" t="s">
-        <v>50</v>
+        <v>796</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E129" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G129">
+        <v>107</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2007</v>
       </c>
-      <c r="H129">
+      <c r="I129">
         <v>2018</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K129" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="L129" t="s">
-        <v>563</v>
+        <v>797</v>
       </c>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>798</v>
       </c>
       <c r="N129" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>799</v>
+      </c>
+      <c r="P129" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>565</v>
+        <v>801</v>
       </c>
       <c r="B130" t="s">
-        <v>446</v>
+        <v>802</v>
       </c>
       <c r="C130" t="s">
-        <v>50</v>
+        <v>626</v>
       </c>
       <c r="D130" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E130" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G130">
+        <v>159</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
         <v>2000</v>
       </c>
-      <c r="H130">
+      <c r="I130">
         <v>2020</v>
       </c>
-      <c r="I130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J130" t="s">
-        <v>29</v>
+        <v>408</v>
       </c>
       <c r="K130" t="s">
-        <v>445</v>
+        <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>566</v>
+        <v>624</v>
       </c>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>803</v>
       </c>
       <c r="N130" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>804</v>
+      </c>
+      <c r="P130" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>568</v>
+        <v>806</v>
       </c>
       <c r="B131" t="s">
-        <v>446</v>
+        <v>807</v>
       </c>
       <c r="C131" t="s">
-        <v>460</v>
+        <v>626</v>
       </c>
       <c r="D131" t="s">
-        <v>35</v>
+        <v>646</v>
       </c>
       <c r="E131" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>159</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
         <v>2001</v>
       </c>
-      <c r="H131">
+      <c r="I131">
         <v>2015</v>
       </c>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J131" t="s">
-        <v>29</v>
+        <v>408</v>
       </c>
       <c r="K131" t="s">
-        <v>569</v>
+        <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>566</v>
+        <v>808</v>
       </c>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>803</v>
       </c>
       <c r="N131" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>809</v>
+      </c>
+      <c r="P131" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>571</v>
+        <v>811</v>
       </c>
       <c r="B132" t="s">
-        <v>169</v>
+        <v>812</v>
       </c>
       <c r="C132" t="s">
-        <v>91</v>
+        <v>225</v>
       </c>
       <c r="D132" t="s">
-        <v>35</v>
+        <v>116</v>
       </c>
       <c r="E132" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>159</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
       </c>
       <c r="H132">
         <v>2012</v>
       </c>
-      <c r="I132" t="s">
-        <v>314</v>
+      <c r="I132">
+        <v>2012</v>
       </c>
       <c r="J132" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
+        <v>813</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>814</v>
+      </c>
+      <c r="P132" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>816</v>
+      </c>
+      <c r="B133" t="s">
+        <v>817</v>
+      </c>
+      <c r="C133" t="s">
+        <v>818</v>
+      </c>
+      <c r="D133" t="s">
+        <v>61</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>71</v>
+      </c>
+      <c r="H133">
+        <v>2016</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>79</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>819</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>820</v>
+      </c>
+      <c r="P133" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>822</v>
+      </c>
+      <c r="B134" t="s">
+        <v>823</v>
+      </c>
+      <c r="C134" t="s">
+        <v>824</v>
+      </c>
+      <c r="D134" t="s">
+        <v>116</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>107</v>
+      </c>
+      <c r="G134" t="s">
+        <v>71</v>
+      </c>
+      <c r="H134">
+        <v>2020</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>395</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>825</v>
+      </c>
+      <c r="M134" t="s">
+        <v>826</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>827</v>
+      </c>
+      <c r="P134" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>829</v>
+      </c>
+      <c r="B135" t="s">
+        <v>830</v>
+      </c>
+      <c r="C135" t="s">
+        <v>626</v>
+      </c>
+      <c r="D135" t="s">
+        <v>61</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>107</v>
+      </c>
+      <c r="G135" t="s">
+        <v>71</v>
+      </c>
+      <c r="H135">
+        <v>2012</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>408</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>831</v>
+      </c>
+      <c r="M135" t="s">
+        <v>627</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>832</v>
+      </c>
+      <c r="P135" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>834</v>
+      </c>
+      <c r="B136" t="s">
+        <v>835</v>
+      </c>
+      <c r="C136" t="s">
+        <v>626</v>
+      </c>
+      <c r="D136" t="s">
+        <v>646</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>107</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2008</v>
+      </c>
+      <c r="I136">
+        <v>2014</v>
+      </c>
+      <c r="J136" t="s">
+        <v>381</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>836</v>
+      </c>
+      <c r="M136" t="s">
+        <v>627</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>837</v>
+      </c>
+      <c r="P136" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>839</v>
+      </c>
+      <c r="B137" t="s">
+        <v>840</v>
+      </c>
+      <c r="C137" t="s">
+        <v>841</v>
+      </c>
+      <c r="D137" t="s">
+        <v>842</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>43</v>
+      </c>
+      <c r="G137" t="s">
+        <v>71</v>
+      </c>
+      <c r="H137">
+        <v>2017</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>63</v>
+      </c>
+      <c r="K137" t="s">
         <v>24</v>
       </c>
-      <c r="N132" t="s">
-[...22 lines deleted...]
-      <c r="G133">
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>843</v>
+      </c>
+      <c r="N137" t="s">
+        <v>36</v>
+      </c>
+      <c r="O137" t="s">
+        <v>844</v>
+      </c>
+      <c r="P137" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>846</v>
+      </c>
+      <c r="B138" t="s">
+        <v>847</v>
+      </c>
+      <c r="C138" t="s">
+        <v>178</v>
+      </c>
+      <c r="D138" t="s">
+        <v>61</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2007</v>
+      </c>
+      <c r="I138">
+        <v>2015</v>
+      </c>
+      <c r="J138" t="s">
+        <v>181</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>848</v>
+      </c>
+      <c r="M138" t="s">
+        <v>182</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>849</v>
+      </c>
+      <c r="P138" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>851</v>
+      </c>
+      <c r="B139" t="s">
+        <v>726</v>
+      </c>
+      <c r="C139" t="s">
+        <v>727</v>
+      </c>
+      <c r="D139" t="s">
+        <v>852</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>43</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2009</v>
+      </c>
+      <c r="I139">
         <v>2016</v>
       </c>
-      <c r="H133"/>
-      <c r="I133" t="s">
+      <c r="J139" t="s">
+        <v>33</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>512</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>853</v>
+      </c>
+      <c r="P139" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>855</v>
+      </c>
+      <c r="B140" t="s">
+        <v>856</v>
+      </c>
+      <c r="C140" t="s">
+        <v>587</v>
+      </c>
+      <c r="D140" t="s">
+        <v>639</v>
+      </c>
+      <c r="E140" t="s">
+        <v>42</v>
+      </c>
+      <c r="F140" t="s">
+        <v>159</v>
+      </c>
+      <c r="G140" t="s">
+        <v>71</v>
+      </c>
+      <c r="H140">
+        <v>2012</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>620</v>
+      </c>
+      <c r="K140" t="s">
+        <v>160</v>
+      </c>
+      <c r="L140" t="s">
+        <v>857</v>
+      </c>
+      <c r="M140" t="s">
+        <v>858</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>859</v>
+      </c>
+      <c r="P140" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>861</v>
+      </c>
+      <c r="B141" t="s">
+        <v>862</v>
+      </c>
+      <c r="C141" t="s">
+        <v>587</v>
+      </c>
+      <c r="D141" t="s">
+        <v>116</v>
+      </c>
+      <c r="E141" t="s">
+        <v>42</v>
+      </c>
+      <c r="F141" t="s">
+        <v>159</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2002</v>
+      </c>
+      <c r="I141">
+        <v>2021</v>
+      </c>
+      <c r="J141" t="s">
+        <v>620</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>863</v>
+      </c>
+      <c r="M141" t="s">
+        <v>858</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>864</v>
+      </c>
+      <c r="P141" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>866</v>
+      </c>
+      <c r="B142" t="s">
+        <v>867</v>
+      </c>
+      <c r="C142" t="s">
+        <v>124</v>
+      </c>
+      <c r="D142" t="s">
+        <v>125</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>71</v>
+      </c>
+      <c r="H142">
+        <v>2021</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>126</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142"/>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>868</v>
+      </c>
+      <c r="P142" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>870</v>
+      </c>
+      <c r="B143" t="s">
+        <v>871</v>
+      </c>
+      <c r="C143" t="s">
+        <v>202</v>
+      </c>
+      <c r="D143" t="s">
+        <v>872</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>107</v>
+      </c>
+      <c r="G143" t="s">
+        <v>71</v>
+      </c>
+      <c r="H143">
+        <v>2016</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>873</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>874</v>
+      </c>
+      <c r="N143" t="s">
+        <v>36</v>
+      </c>
+      <c r="O143" t="s">
+        <v>875</v>
+      </c>
+      <c r="P143" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>877</v>
+      </c>
+      <c r="B144" t="s">
+        <v>878</v>
+      </c>
+      <c r="C144" t="s">
+        <v>587</v>
+      </c>
+      <c r="D144" t="s">
+        <v>116</v>
+      </c>
+      <c r="E144" t="s">
+        <v>42</v>
+      </c>
+      <c r="F144" t="s">
+        <v>43</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>1995</v>
+      </c>
+      <c r="I144">
+        <v>2019</v>
+      </c>
+      <c r="J144" t="s">
+        <v>381</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>879</v>
+      </c>
+      <c r="M144" t="s">
+        <v>880</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>881</v>
+      </c>
+      <c r="P144" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>883</v>
+      </c>
+      <c r="B145" t="s">
+        <v>884</v>
+      </c>
+      <c r="C145" t="s">
+        <v>587</v>
+      </c>
+      <c r="D145" t="s">
+        <v>116</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>885</v>
+      </c>
+      <c r="H145">
+        <v>2004</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>322</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>886</v>
+      </c>
+      <c r="M145" t="s">
+        <v>887</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>888</v>
+      </c>
+      <c r="P145" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>890</v>
+      </c>
+      <c r="B146" t="s">
+        <v>891</v>
+      </c>
+      <c r="C146" t="s">
+        <v>587</v>
+      </c>
+      <c r="D146" t="s">
+        <v>116</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>107</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2004</v>
+      </c>
+      <c r="I146">
+        <v>2021</v>
+      </c>
+      <c r="J146" t="s">
+        <v>322</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>887</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>892</v>
+      </c>
+      <c r="P146" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>894</v>
+      </c>
+      <c r="B147" t="s">
+        <v>895</v>
+      </c>
+      <c r="C147" t="s">
+        <v>896</v>
+      </c>
+      <c r="D147" t="s">
+        <v>61</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>107</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2007</v>
+      </c>
+      <c r="I147">
+        <v>2012</v>
+      </c>
+      <c r="J147" t="s">
+        <v>79</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>897</v>
+      </c>
+      <c r="M147" t="s">
+        <v>898</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>899</v>
+      </c>
+      <c r="P147" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>901</v>
+      </c>
+      <c r="B148" t="s">
+        <v>902</v>
+      </c>
+      <c r="C148" t="s">
+        <v>903</v>
+      </c>
+      <c r="D148" t="s">
+        <v>61</v>
+      </c>
+      <c r="E148" t="s">
+        <v>42</v>
+      </c>
+      <c r="F148" t="s">
+        <v>43</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2002</v>
+      </c>
+      <c r="I148">
+        <v>2021</v>
+      </c>
+      <c r="J148" t="s">
+        <v>381</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>904</v>
+      </c>
+      <c r="M148" t="s">
+        <v>905</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>906</v>
+      </c>
+      <c r="P148" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>908</v>
+      </c>
+      <c r="B149" t="s">
+        <v>909</v>
+      </c>
+      <c r="C149" t="s">
+        <v>903</v>
+      </c>
+      <c r="D149" t="s">
+        <v>61</v>
+      </c>
+      <c r="E149" t="s">
+        <v>42</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149">
+        <v>2021</v>
+      </c>
+      <c r="J149" t="s">
+        <v>381</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>910</v>
+      </c>
+      <c r="M149" t="s">
+        <v>905</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>911</v>
+      </c>
+      <c r="P149" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>913</v>
+      </c>
+      <c r="B150" t="s">
+        <v>914</v>
+      </c>
+      <c r="C150" t="s">
+        <v>915</v>
+      </c>
+      <c r="D150" t="s">
+        <v>143</v>
+      </c>
+      <c r="E150" t="s">
+        <v>42</v>
+      </c>
+      <c r="F150" t="s">
+        <v>107</v>
+      </c>
+      <c r="G150" t="s">
+        <v>71</v>
+      </c>
+      <c r="H150">
+        <v>2016</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>265</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>144</v>
+      </c>
+      <c r="M150" t="s">
+        <v>916</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>917</v>
+      </c>
+      <c r="P150" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>919</v>
+      </c>
+      <c r="B151" t="s">
+        <v>920</v>
+      </c>
+      <c r="C151" t="s">
+        <v>921</v>
+      </c>
+      <c r="D151" t="s">
+        <v>61</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>107</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2020</v>
+      </c>
+      <c r="J151" t="s">
+        <v>152</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>922</v>
+      </c>
+      <c r="M151" t="s">
+        <v>923</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>924</v>
+      </c>
+      <c r="P151" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>926</v>
+      </c>
+      <c r="B152" t="s">
+        <v>927</v>
+      </c>
+      <c r="C152" t="s">
+        <v>928</v>
+      </c>
+      <c r="D152" t="s">
+        <v>61</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>71</v>
+      </c>
+      <c r="H152">
+        <v>2011</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>72</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>929</v>
+      </c>
+      <c r="M152" t="s">
+        <v>930</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>931</v>
+      </c>
+      <c r="P152" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>933</v>
+      </c>
+      <c r="B153" t="s">
+        <v>934</v>
+      </c>
+      <c r="C153" t="s">
+        <v>928</v>
+      </c>
+      <c r="D153" t="s">
+        <v>61</v>
+      </c>
+      <c r="E153" t="s">
+        <v>42</v>
+      </c>
+      <c r="F153" t="s">
+        <v>43</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2008</v>
+      </c>
+      <c r="I153">
+        <v>2011</v>
+      </c>
+      <c r="J153" t="s">
         <v>63</v>
       </c>
-      <c r="J133" t="s">
-[...74 lines deleted...]
-      <c r="G135">
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>935</v>
+      </c>
+      <c r="M153" t="s">
+        <v>930</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>936</v>
+      </c>
+      <c r="P153" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>937</v>
+      </c>
+      <c r="B154" t="s">
+        <v>938</v>
+      </c>
+      <c r="C154" t="s">
+        <v>939</v>
+      </c>
+      <c r="D154" t="s">
+        <v>61</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>107</v>
+      </c>
+      <c r="G154" t="s">
+        <v>71</v>
+      </c>
+      <c r="H154">
+        <v>2011</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>44</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>940</v>
+      </c>
+      <c r="M154" t="s">
+        <v>941</v>
+      </c>
+      <c r="N154" t="s">
+        <v>36</v>
+      </c>
+      <c r="O154" t="s">
+        <v>942</v>
+      </c>
+      <c r="P154" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>944</v>
+      </c>
+      <c r="B155" t="s">
+        <v>945</v>
+      </c>
+      <c r="C155" t="s">
+        <v>946</v>
+      </c>
+      <c r="D155" t="s">
+        <v>947</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>107</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
         <v>2012</v>
       </c>
-      <c r="H135"/>
-[...41 lines deleted...]
-      <c r="H136">
+      <c r="I155">
         <v>2014</v>
       </c>
-      <c r="I136" t="s">
-[...811 lines deleted...]
-      </c>
       <c r="J155" t="s">
-        <v>29</v>
+        <v>408</v>
       </c>
       <c r="K155" t="s">
-        <v>660</v>
+        <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>661</v>
+        <v>948</v>
       </c>
       <c r="M155" t="s">
-        <v>24</v>
+        <v>949</v>
       </c>
       <c r="N155" t="s">
-        <v>662</v>
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>950</v>
+      </c>
+      <c r="P155" t="s">
+        <v>951</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>