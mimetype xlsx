--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="953">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1689,69 +1689,69 @@
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators</t>
   </si>
   <si>
     <t>https://rise.esmap.org/country/honduras</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
@@ -2882,63 +2882,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
@@ -7375,101 +7378,101 @@
       </c>
       <c r="P84" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>546</v>
       </c>
       <c r="B85" t="s">
         <v>547</v>
       </c>
       <c r="C85" t="s">
         <v>225</v>
       </c>
       <c r="D85" t="s">
         <v>116</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
       <c r="I85">
         <v>2022</v>
       </c>
       <c r="J85" t="s">
         <v>381</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
         <v>548</v>
       </c>
       <c r="M85" t="s">
         <v>494</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>549</v>
       </c>
       <c r="P85" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>551</v>
       </c>
       <c r="B86" t="s">
         <v>552</v>
       </c>
       <c r="C86" t="s">
         <v>225</v>
       </c>
       <c r="D86" t="s">
         <v>116</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H86">
         <v>2011</v>
       </c>
       <c r="I86">
         <v>2025</v>
       </c>
       <c r="J86" t="s">
         <v>553</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>494</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>554</v>
       </c>
       <c r="P86" t="s">
         <v>550</v>
@@ -10662,149 +10665,149 @@
       <c r="H153">
         <v>2008</v>
       </c>
       <c r="I153">
         <v>2011</v>
       </c>
       <c r="J153" t="s">
         <v>63</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
         <v>935</v>
       </c>
       <c r="M153" t="s">
         <v>930</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
         <v>936</v>
       </c>
       <c r="P153" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B154" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C154" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D154" t="s">
         <v>61</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>107</v>
       </c>
       <c r="G154" t="s">
         <v>71</v>
       </c>
       <c r="H154">
         <v>2011</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>44</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="M154" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="N154" t="s">
         <v>36</v>
       </c>
       <c r="O154" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="P154" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B155" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C155" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D155" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>107</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2012</v>
       </c>
       <c r="I155">
         <v>2014</v>
       </c>
       <c r="J155" t="s">
         <v>408</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="M155" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="P155" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">