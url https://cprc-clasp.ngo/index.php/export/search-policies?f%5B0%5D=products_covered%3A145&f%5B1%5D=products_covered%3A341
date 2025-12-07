--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,524 +12,685 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -793,1203 +954,1360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>76</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>96</v>
+      </c>
+      <c r="H12">
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>105</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>77</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2008</v>
       </c>
-      <c r="H3">
-[...17 lines deleted...]
-      <c r="N3" t="s">
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E17" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" t="s">
+        <v>76</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
         <v>37</v>
       </c>
-      <c r="G4">
-[...38 lines deleted...]
-      <c r="F5" t="s">
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" t="s">
+        <v>76</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
         <v>37</v>
       </c>
-      <c r="G5">
-[...476 lines deleted...]
-      <c r="N16" t="s">
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>95</v>
       </c>
-    </row>
-[...104 lines deleted...]
-        <v>2002</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I19">
+        <v>2002</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>77</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>37</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2005</v>
+      </c>
+      <c r="J22" t="s">
         <v>104</v>
       </c>
-      <c r="J19" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>37</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" t="s">
+        <v>169</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>170</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>177</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>95</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>179</v>
+      </c>
+      <c r="L24" t="s">
+        <v>180</v>
+      </c>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...19 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G25" t="s">
         <v>44</v>
       </c>
-      <c r="D20" t="s">
-[...49 lines deleted...]
-      <c r="F21" t="s">
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
         <v>37</v>
       </c>
-      <c r="G21">
-[...80 lines deleted...]
-      <c r="F23" t="s">
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>75</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>104</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>98</v>
+      </c>
+      <c r="N26" t="s">
         <v>37</v>
       </c>
-      <c r="G23">
-[...143 lines deleted...]
-        <v>144</v>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>