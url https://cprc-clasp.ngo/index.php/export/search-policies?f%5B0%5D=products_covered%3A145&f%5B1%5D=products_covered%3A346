--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,335 +12,415 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -604,653 +684,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>43</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>79</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...5 lines deleted...]
-        <v>32</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...22 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
         <v>36</v>
       </c>
-      <c r="M4" t="s">
-[...383 lines deleted...]
-        <v>81</v>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>