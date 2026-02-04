--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,784 +12,1074 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1053,2147 +1343,2436 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>86</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>69</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>69</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>106</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2011</v>
+      </c>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>68</v>
+      </c>
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>67</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2005</v>
+      </c>
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
+        <v>67</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>67</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>138</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>67</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>91</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>138</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>163</v>
+      </c>
+      <c r="M23" t="s">
+        <v>138</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>43</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>138</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25">
+        <v>2025</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>181</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
+        <v>66</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>183</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>190</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
+      <c r="M27" t="s">
+        <v>192</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>190</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>198</v>
+      </c>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>204</v>
+      </c>
+      <c r="D29" t="s">
+        <v>91</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>105</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...42 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>182</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>206</v>
+      </c>
+      <c r="N29" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...106 lines deleted...]
-      <c r="E7" t="s">
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>204</v>
+      </c>
+      <c r="D30" t="s">
         <v>53</v>
       </c>
-      <c r="F7" t="s">
-[...496 lines deleted...]
-      <c r="A19" t="s">
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>105</v>
       </c>
-      <c r="B19" t="s">
-[...485 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2002</v>
       </c>
-      <c r="I30" t="s">
-        <v>131</v>
+      <c r="I30">
+        <v>2002</v>
       </c>
       <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>211</v>
+      </c>
+      <c r="M30" t="s">
+        <v>206</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...31 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
         <v>2021</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
+        <v>107</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" t="s">
+        <v>220</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>221</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>229</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" t="s">
+        <v>231</v>
+      </c>
+      <c r="L33" t="s">
+        <v>232</v>
+      </c>
+      <c r="M33" t="s">
+        <v>233</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>234</v>
+      </c>
+      <c r="P33" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>236</v>
+      </c>
+      <c r="B34" t="s">
+        <v>237</v>
+      </c>
+      <c r="C34" t="s">
+        <v>238</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K31"/>
-[...14 lines deleted...]
-      <c r="B32" t="s">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
+      <c r="J34" t="s">
+        <v>239</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>240</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>245</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2004</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>239</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>246</v>
+      </c>
+      <c r="M35" t="s">
+        <v>240</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>247</v>
+      </c>
+      <c r="P35" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>249</v>
+      </c>
+      <c r="B36" t="s">
+        <v>250</v>
+      </c>
+      <c r="C36" t="s">
+        <v>238</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2005</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>249</v>
+      </c>
+      <c r="M36" t="s">
+        <v>240</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>251</v>
+      </c>
+      <c r="P36" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>253</v>
+      </c>
+      <c r="B37" t="s">
+        <v>254</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
         <v>91</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32">
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>105</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>239</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>240</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>256</v>
+      </c>
+      <c r="P37" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>258</v>
+      </c>
+      <c r="B38" t="s">
+        <v>259</v>
+      </c>
+      <c r="C38" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>65</v>
+      </c>
+      <c r="F38" t="s">
+        <v>66</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>190</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>260</v>
+      </c>
+      <c r="M38" t="s">
+        <v>261</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>264</v>
+      </c>
+      <c r="B39" t="s">
+        <v>265</v>
+      </c>
+      <c r="C39" t="s">
+        <v>266</v>
+      </c>
+      <c r="D39" t="s">
+        <v>267</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>105</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39">
         <v>2021</v>
       </c>
-      <c r="H32"/>
-[...3 lines deleted...]
-      <c r="J32" t="s">
+      <c r="J39" t="s">
+        <v>268</v>
+      </c>
+      <c r="K39" t="s">
+        <v>269</v>
+      </c>
+      <c r="L39" t="s">
+        <v>270</v>
+      </c>
+      <c r="M39" t="s">
+        <v>271</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>272</v>
+      </c>
+      <c r="P39" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>274</v>
+      </c>
+      <c r="B40" t="s">
+        <v>275</v>
+      </c>
+      <c r="C40" t="s">
+        <v>238</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>65</v>
+      </c>
+      <c r="F40" t="s">
+        <v>66</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2002</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>190</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>276</v>
+      </c>
+      <c r="M40" t="s">
+        <v>277</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>278</v>
+      </c>
+      <c r="P40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>238</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>65</v>
+      </c>
+      <c r="F41" t="s">
+        <v>66</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>190</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>282</v>
+      </c>
+      <c r="M41" t="s">
+        <v>277</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>283</v>
+      </c>
+      <c r="P41" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" t="s">
+        <v>286</v>
+      </c>
+      <c r="C42" t="s">
+        <v>238</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>65</v>
+      </c>
+      <c r="F42" t="s">
+        <v>66</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
+        <v>2012</v>
+      </c>
+      <c r="J42" t="s">
+        <v>190</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>287</v>
+      </c>
+      <c r="M42" t="s">
+        <v>277</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>288</v>
+      </c>
+      <c r="P42" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>290</v>
+      </c>
+      <c r="B43" t="s">
+        <v>291</v>
+      </c>
+      <c r="C43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D43" t="s">
+        <v>292</v>
+      </c>
+      <c r="E43" t="s">
+        <v>65</v>
+      </c>
+      <c r="F43" t="s">
+        <v>66</v>
+      </c>
+      <c r="G43" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>190</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>293</v>
+      </c>
+      <c r="M43" t="s">
+        <v>277</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>294</v>
+      </c>
+      <c r="P43" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>296</v>
+      </c>
+      <c r="B44" t="s">
+        <v>297</v>
+      </c>
+      <c r="C44" t="s">
+        <v>238</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...71 lines deleted...]
-      <c r="G34">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2000</v>
+      </c>
+      <c r="I44">
         <v>2014</v>
       </c>
-      <c r="H34">
-[...5 lines deleted...]
-      <c r="J34" t="s">
+      <c r="J44" t="s">
+        <v>190</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>298</v>
+      </c>
+      <c r="M44" t="s">
+        <v>240</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>299</v>
+      </c>
+      <c r="P44" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>301</v>
+      </c>
+      <c r="B45" t="s">
+        <v>302</v>
+      </c>
+      <c r="C45" t="s">
+        <v>238</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" t="s">
+        <v>303</v>
+      </c>
+      <c r="H45">
+        <v>1994</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>190</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>304</v>
+      </c>
+      <c r="M45" t="s">
+        <v>240</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>305</v>
+      </c>
+      <c r="P45" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>307</v>
+      </c>
+      <c r="B46" t="s">
+        <v>308</v>
+      </c>
+      <c r="C46" t="s">
+        <v>120</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>65</v>
+      </c>
+      <c r="F46" t="s">
+        <v>66</v>
+      </c>
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>309</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>310</v>
+      </c>
+      <c r="M46" t="s">
+        <v>311</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>120</v>
+      </c>
+      <c r="D47" t="s">
+        <v>220</v>
+      </c>
+      <c r="E47" t="s">
+        <v>65</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...79 lines deleted...]
-      <c r="I36" t="s">
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>222</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>316</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>317</v>
+      </c>
+      <c r="P47" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>319</v>
+      </c>
+      <c r="B48" t="s">
+        <v>320</v>
+      </c>
+      <c r="C48" t="s">
+        <v>321</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
         <v>20</v>
       </c>
-      <c r="J36" t="s">
-[...118 lines deleted...]
-      <c r="G39">
+      <c r="F48" t="s">
+        <v>105</v>
+      </c>
+      <c r="G48" t="s">
+        <v>35</v>
+      </c>
+      <c r="H48">
         <v>2017</v>
       </c>
-      <c r="H39">
-[...390 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>33</v>
+        <v>323</v>
       </c>
       <c r="N48" t="s">
-        <v>230</v>
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>324</v>
+      </c>
+      <c r="P48" t="s">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>