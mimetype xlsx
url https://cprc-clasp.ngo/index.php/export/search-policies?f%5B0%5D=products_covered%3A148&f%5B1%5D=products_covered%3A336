--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,1098 +12,1574 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="492">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1367,3453 +1843,3928 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N79"/>
+  <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>68</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>79</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>89</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>89</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>105</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+      <c r="K17" t="s">
+        <v>79</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>88</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" t="s">
+        <v>48</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>86</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>126</v>
+      </c>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" t="s">
+        <v>48</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K19" t="s">
+        <v>79</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>136</v>
+      </c>
+      <c r="D20" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>138</v>
+      </c>
+      <c r="G20" t="s">
+        <v>48</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>139</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>145</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" t="s">
+        <v>48</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>146</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>148</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>153</v>
+      </c>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>155</v>
+      </c>
+      <c r="G22" t="s">
+        <v>156</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>158</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D23" t="s">
+        <v>55</v>
+      </c>
+      <c r="E23" t="s">
+        <v>77</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>156</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>146</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>167</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...190 lines deleted...]
-      <c r="B7" t="s">
+      <c r="E24" t="s">
+        <v>77</v>
+      </c>
+      <c r="F24" t="s">
+        <v>78</v>
+      </c>
+      <c r="G24" t="s">
         <v>48</v>
-      </c>
-[...727 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
-      <c r="I24" t="s">
-        <v>121</v>
+      <c r="I24">
+        <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>168</v>
       </c>
       <c r="K24" t="s">
-        <v>122</v>
+        <v>79</v>
       </c>
       <c r="L24" t="s">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="N24" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>120</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>167</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="F25" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>168</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>170</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G25">
-[...34 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2019</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="K26" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="N26" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="B27" t="s">
-        <v>129</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F27" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27">
         <v>2015</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K27" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>132</v>
+        <v>189</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="N27" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>138</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E28" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F28" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>48</v>
+      </c>
+      <c r="H28">
         <v>2016</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2019</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="K28" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>132</v>
+        <v>194</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="N28" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>141</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>199</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>200</v>
       </c>
       <c r="E29" t="s">
-        <v>112</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>155</v>
+      </c>
+      <c r="G29" t="s">
+        <v>48</v>
+      </c>
+      <c r="H29">
         <v>2016</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="K29" t="s">
+        <v>201</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>202</v>
       </c>
       <c r="N29" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>147</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>148</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F30" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>48</v>
       </c>
       <c r="H30">
         <v>2006</v>
       </c>
-      <c r="I30" t="s">
-        <v>149</v>
+      <c r="I30">
+        <v>2006</v>
       </c>
       <c r="J30" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="K30" t="s">
+        <v>79</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="N30" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>152</v>
+        <v>212</v>
       </c>
       <c r="B31" t="s">
-        <v>33</v>
+        <v>213</v>
       </c>
       <c r="C31" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>48</v>
+      </c>
+      <c r="H31">
         <v>2005</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2011</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>87</v>
+      </c>
+      <c r="M31" t="s">
+        <v>43</v>
+      </c>
+      <c r="N31" t="s">
+        <v>89</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...28 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>86</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
+      <c r="M32" t="s">
+        <v>43</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>221</v>
+      </c>
+      <c r="B33" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>40</v>
+      </c>
+      <c r="D33" t="s">
+        <v>223</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>224</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>225</v>
+      </c>
+      <c r="K33" t="s">
+        <v>79</v>
+      </c>
+      <c r="L33" t="s">
+        <v>226</v>
+      </c>
+      <c r="M33" t="s">
+        <v>43</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" t="s">
+        <v>55</v>
+      </c>
+      <c r="E34" t="s">
+        <v>77</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>48</v>
+      </c>
+      <c r="H34">
+        <v>2005</v>
+      </c>
+      <c r="I34">
+        <v>2016</v>
+      </c>
+      <c r="J34" t="s">
+        <v>86</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" t="s">
+        <v>77</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>48</v>
+      </c>
+      <c r="H35">
+        <v>2005</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>86</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>237</v>
+      </c>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>238</v>
+      </c>
+      <c r="P35" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>240</v>
+      </c>
+      <c r="B36" t="s">
+        <v>241</v>
+      </c>
+      <c r="C36" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" t="s">
+        <v>55</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>48</v>
+      </c>
+      <c r="H36">
+        <v>2005</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>86</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>242</v>
+      </c>
+      <c r="M36" t="s">
+        <v>232</v>
+      </c>
+      <c r="N36" t="s">
+        <v>89</v>
+      </c>
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>245</v>
+      </c>
+      <c r="B37" t="s">
+        <v>246</v>
+      </c>
+      <c r="C37" t="s">
+        <v>40</v>
+      </c>
+      <c r="D37" t="s">
+        <v>55</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>48</v>
+      </c>
+      <c r="H37">
+        <v>2005</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>86</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>247</v>
+      </c>
+      <c r="M37" t="s">
+        <v>232</v>
+      </c>
+      <c r="N37" t="s">
+        <v>89</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>250</v>
+      </c>
+      <c r="B38" t="s">
+        <v>251</v>
+      </c>
+      <c r="C38" t="s">
+        <v>40</v>
+      </c>
+      <c r="D38" t="s">
+        <v>55</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>41</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>252</v>
+      </c>
+      <c r="M38" t="s">
+        <v>232</v>
+      </c>
+      <c r="N38" t="s">
+        <v>89</v>
+      </c>
+      <c r="O38" t="s">
+        <v>253</v>
+      </c>
+      <c r="P38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D39" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>41</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>232</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>260</v>
+      </c>
+      <c r="B40" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" t="s">
+        <v>40</v>
+      </c>
+      <c r="D40" t="s">
+        <v>262</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2025</v>
+      </c>
+      <c r="J40" t="s">
+        <v>225</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>263</v>
+      </c>
+      <c r="N40" t="s">
+        <v>264</v>
+      </c>
+      <c r="O40" t="s">
+        <v>265</v>
+      </c>
+      <c r="P40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>268</v>
+      </c>
+      <c r="C41" t="s">
+        <v>269</v>
+      </c>
+      <c r="D41" t="s">
         <v>19</v>
       </c>
-      <c r="G32">
-[...6 lines deleted...]
-      <c r="J32" t="s">
+      <c r="E41" t="s">
+        <v>77</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...140 lines deleted...]
-      <c r="N35" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1984</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>168</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>270</v>
+      </c>
+      <c r="M41" t="s">
+        <v>271</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>272</v>
+      </c>
+      <c r="P41" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>274</v>
+      </c>
+      <c r="B42" t="s">
+        <v>275</v>
+      </c>
+      <c r="C42" t="s">
         <v>167</v>
       </c>
-    </row>
-[...104 lines deleted...]
-      <c r="F38" t="s">
+      <c r="D42" t="s">
         <v>19</v>
       </c>
-      <c r="G38">
-[...160 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="F42" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>78</v>
+      </c>
+      <c r="G42" t="s">
+        <v>48</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
-      <c r="I42" t="s">
-        <v>121</v>
+      <c r="I42">
+        <v>2011</v>
       </c>
       <c r="J42" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="K42" t="s">
+        <v>79</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="N42" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>276</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>194</v>
+        <v>277</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>278</v>
       </c>
       <c r="C43" t="s">
-        <v>16</v>
+        <v>167</v>
       </c>
       <c r="D43" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="F43" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>78</v>
+      </c>
+      <c r="G43" t="s">
+        <v>48</v>
+      </c>
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>279</v>
       </c>
       <c r="N43" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>197</v>
+        <v>282</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>283</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E44" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="F44" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>78</v>
+      </c>
+      <c r="G44" t="s">
+        <v>48</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
-      <c r="I44" t="s">
-        <v>121</v>
+      <c r="I44">
+        <v>2011</v>
       </c>
       <c r="J44" t="s">
+        <v>168</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M44" t="s">
+        <v>279</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>285</v>
+      </c>
+      <c r="P44" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>287</v>
+      </c>
+      <c r="B45" t="s">
+        <v>288</v>
+      </c>
+      <c r="C45" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>77</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>289</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>290</v>
+      </c>
+      <c r="M45" t="s">
+        <v>291</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>292</v>
+      </c>
+      <c r="P45" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>294</v>
+      </c>
+      <c r="B46" t="s">
+        <v>295</v>
+      </c>
+      <c r="C46" t="s">
+        <v>296</v>
+      </c>
+      <c r="D46" t="s">
+        <v>55</v>
+      </c>
+      <c r="E46" t="s">
+        <v>77</v>
+      </c>
+      <c r="F46" t="s">
+        <v>78</v>
+      </c>
+      <c r="G46" t="s">
+        <v>48</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2010</v>
+      </c>
+      <c r="J46" t="s">
+        <v>297</v>
+      </c>
+      <c r="K46" t="s">
+        <v>79</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>298</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>299</v>
+      </c>
+      <c r="P46" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>301</v>
+      </c>
+      <c r="B47" t="s">
+        <v>302</v>
+      </c>
+      <c r="C47" t="s">
+        <v>76</v>
+      </c>
+      <c r="D47" t="s">
+        <v>55</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>48</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
+      <c r="J47" t="s">
+        <v>303</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>304</v>
+      </c>
+      <c r="M47" t="s">
+        <v>305</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>306</v>
+      </c>
+      <c r="P47" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>308</v>
+      </c>
+      <c r="B48" t="s">
+        <v>309</v>
+      </c>
+      <c r="C48" t="s">
+        <v>310</v>
+      </c>
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K44" t="s">
-[...28 lines deleted...]
-      <c r="F45" t="s">
+      <c r="G48" t="s">
+        <v>48</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>208</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>311</v>
+      </c>
+      <c r="M48" t="s">
+        <v>312</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>313</v>
+      </c>
+      <c r="P48" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>315</v>
+      </c>
+      <c r="B49" t="s">
+        <v>316</v>
+      </c>
+      <c r="C49" t="s">
+        <v>310</v>
+      </c>
+      <c r="D49" t="s">
+        <v>67</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>48</v>
+      </c>
+      <c r="H49">
+        <v>1996</v>
+      </c>
+      <c r="I49">
+        <v>2017</v>
+      </c>
+      <c r="J49" t="s">
+        <v>208</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>312</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>317</v>
+      </c>
+      <c r="P49" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>319</v>
+      </c>
+      <c r="B50" t="s">
+        <v>320</v>
+      </c>
+      <c r="C50" t="s">
+        <v>321</v>
+      </c>
+      <c r="D50" t="s">
+        <v>55</v>
+      </c>
+      <c r="E50" t="s">
+        <v>77</v>
+      </c>
+      <c r="F50" t="s">
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>303</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>322</v>
+      </c>
+      <c r="M50" t="s">
+        <v>323</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>324</v>
+      </c>
+      <c r="P50" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>326</v>
+      </c>
+      <c r="B51" t="s">
+        <v>327</v>
+      </c>
+      <c r="C51" t="s">
+        <v>328</v>
+      </c>
+      <c r="D51" t="s">
         <v>19</v>
       </c>
-      <c r="G45">
-[...6 lines deleted...]
-      <c r="J45" t="s">
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...245 lines deleted...]
-      <c r="G51">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>60</v>
+        <v>297</v>
       </c>
       <c r="K51" t="s">
-        <v>229</v>
+        <v>79</v>
       </c>
       <c r="L51" t="s">
-        <v>230</v>
+        <v>329</v>
       </c>
       <c r="M51" t="s">
-        <v>23</v>
+        <v>330</v>
       </c>
       <c r="N51" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>331</v>
+      </c>
+      <c r="P51" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>232</v>
+        <v>333</v>
       </c>
       <c r="B52" t="s">
-        <v>228</v>
+        <v>334</v>
       </c>
       <c r="C52" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="E52" t="s">
-        <v>112</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>155</v>
+      </c>
+      <c r="G52" t="s">
+        <v>48</v>
       </c>
       <c r="H52">
         <v>2002</v>
       </c>
-      <c r="I52" t="s">
-        <v>207</v>
+      <c r="I52">
+        <v>2002</v>
       </c>
       <c r="J52" t="s">
+        <v>297</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>335</v>
+      </c>
+      <c r="M52" t="s">
+        <v>330</v>
+      </c>
+      <c r="N52" t="s">
+        <v>89</v>
+      </c>
+      <c r="O52" t="s">
+        <v>336</v>
+      </c>
+      <c r="P52" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>337</v>
+      </c>
+      <c r="B53" t="s">
+        <v>338</v>
+      </c>
+      <c r="C53" t="s">
+        <v>296</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52" t="s">
-[...31 lines deleted...]
-      <c r="G53">
+      <c r="G53" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53">
         <v>2011</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2015</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
+        <v>297</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>298</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>339</v>
+      </c>
+      <c r="P53" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>341</v>
+      </c>
+      <c r="B54" t="s">
+        <v>342</v>
+      </c>
+      <c r="C54" t="s">
+        <v>180</v>
+      </c>
+      <c r="D54" t="s">
+        <v>343</v>
+      </c>
+      <c r="E54" t="s">
+        <v>77</v>
+      </c>
+      <c r="F54" t="s">
+        <v>344</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>289</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>291</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>345</v>
+      </c>
+      <c r="P54" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>348</v>
+      </c>
+      <c r="C55" t="s">
+        <v>180</v>
+      </c>
+      <c r="D55" t="s">
+        <v>349</v>
+      </c>
+      <c r="E55" t="s">
+        <v>77</v>
+      </c>
+      <c r="F55" t="s">
+        <v>344</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2021</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>289</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>291</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>352</v>
+      </c>
+      <c r="B56" t="s">
+        <v>353</v>
+      </c>
+      <c r="C56" t="s">
+        <v>180</v>
+      </c>
+      <c r="D56" t="s">
+        <v>343</v>
+      </c>
+      <c r="E56" t="s">
+        <v>77</v>
+      </c>
+      <c r="F56" t="s">
+        <v>344</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>289</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>291</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>354</v>
+      </c>
+      <c r="P56" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B57" t="s">
+        <v>357</v>
+      </c>
+      <c r="C57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>77</v>
+      </c>
+      <c r="F57" t="s">
+        <v>344</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>188</v>
+      </c>
+      <c r="K57" t="s">
+        <v>358</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>291</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>359</v>
+      </c>
+      <c r="P57" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>361</v>
+      </c>
+      <c r="B58" t="s">
+        <v>362</v>
+      </c>
+      <c r="C58" t="s">
+        <v>363</v>
+      </c>
+      <c r="D58" t="s">
+        <v>55</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K53"/>
-[...3 lines deleted...]
-      <c r="M53" t="s">
+      <c r="G58" t="s">
+        <v>48</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58">
+        <v>2025</v>
+      </c>
+      <c r="J58" t="s">
+        <v>364</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>365</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>366</v>
+      </c>
+      <c r="P58" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" t="s">
+        <v>369</v>
+      </c>
+      <c r="C59" t="s">
+        <v>363</v>
+      </c>
+      <c r="D59" t="s">
+        <v>370</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>48</v>
+      </c>
+      <c r="H59">
+        <v>2004</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>364</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>371</v>
+      </c>
+      <c r="M59" t="s">
+        <v>365</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>372</v>
+      </c>
+      <c r="P59" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" t="s">
+        <v>363</v>
+      </c>
+      <c r="D60" t="s">
+        <v>55</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>48</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2005</v>
+      </c>
+      <c r="J60" t="s">
         <v>23</v>
       </c>
-      <c r="N53" t="s">
-[...19 lines deleted...]
-      <c r="F54" t="s">
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>374</v>
+      </c>
+      <c r="M60" t="s">
+        <v>365</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>376</v>
+      </c>
+      <c r="P60" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>378</v>
+      </c>
+      <c r="B61" t="s">
+        <v>379</v>
+      </c>
+      <c r="C61" t="s">
+        <v>76</v>
+      </c>
+      <c r="D61" t="s">
+        <v>55</v>
+      </c>
+      <c r="E61" t="s">
+        <v>77</v>
+      </c>
+      <c r="F61" t="s">
+        <v>78</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>303</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>380</v>
+      </c>
+      <c r="M61" t="s">
+        <v>381</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>382</v>
+      </c>
+      <c r="P61" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>384</v>
+      </c>
+      <c r="B62" t="s">
+        <v>385</v>
+      </c>
+      <c r="C62" t="s">
+        <v>386</v>
+      </c>
+      <c r="D62" t="s">
+        <v>387</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>155</v>
+      </c>
+      <c r="G62" t="s">
+        <v>48</v>
+      </c>
+      <c r="H62">
+        <v>2017</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>388</v>
+      </c>
+      <c r="K62" t="s">
+        <v>389</v>
+      </c>
+      <c r="L62" t="s">
+        <v>390</v>
+      </c>
+      <c r="M62" t="s">
+        <v>391</v>
+      </c>
+      <c r="N62" t="s">
+        <v>89</v>
+      </c>
+      <c r="O62" t="s">
+        <v>392</v>
+      </c>
+      <c r="P62" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>394</v>
+      </c>
+      <c r="B63" t="s">
+        <v>395</v>
+      </c>
+      <c r="C63" t="s">
+        <v>396</v>
+      </c>
+      <c r="D63" t="s">
         <v>19</v>
       </c>
-      <c r="G54">
-[...6 lines deleted...]
-      <c r="J54" t="s">
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>303</v>
+      </c>
+      <c r="K63" t="s">
+        <v>79</v>
+      </c>
+      <c r="L63" t="s">
+        <v>397</v>
+      </c>
+      <c r="M63" t="s">
+        <v>398</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>399</v>
+      </c>
+      <c r="P63" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>401</v>
+      </c>
+      <c r="B64" t="s">
+        <v>402</v>
+      </c>
+      <c r="C64" t="s">
+        <v>403</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>77</v>
+      </c>
+      <c r="F64" t="s">
+        <v>155</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>157</v>
+      </c>
+      <c r="K64" t="s">
+        <v>358</v>
+      </c>
+      <c r="L64" t="s">
+        <v>404</v>
+      </c>
+      <c r="M64" t="s">
+        <v>405</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>406</v>
+      </c>
+      <c r="P64" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>408</v>
+      </c>
+      <c r="B65" t="s">
+        <v>409</v>
+      </c>
+      <c r="C65" t="s">
+        <v>363</v>
+      </c>
+      <c r="D65" t="s">
+        <v>55</v>
+      </c>
+      <c r="E65" t="s">
+        <v>77</v>
+      </c>
+      <c r="F65" t="s">
+        <v>78</v>
+      </c>
+      <c r="G65" t="s">
+        <v>48</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>303</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>410</v>
+      </c>
+      <c r="M65" t="s">
+        <v>411</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>363</v>
+      </c>
+      <c r="D66" t="s">
+        <v>55</v>
+      </c>
+      <c r="E66" t="s">
+        <v>77</v>
+      </c>
+      <c r="F66" t="s">
+        <v>78</v>
+      </c>
+      <c r="G66" t="s">
+        <v>48</v>
+      </c>
+      <c r="H66">
+        <v>2004</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>303</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>416</v>
+      </c>
+      <c r="M66" t="s">
+        <v>411</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>417</v>
+      </c>
+      <c r="P66" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>419</v>
+      </c>
+      <c r="B67" t="s">
+        <v>420</v>
+      </c>
+      <c r="C67" t="s">
+        <v>421</v>
+      </c>
+      <c r="D67" t="s">
+        <v>19</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...538 lines deleted...]
-        <v>2016</v>
+      <c r="G67" t="s">
+        <v>48</v>
       </c>
       <c r="H67">
         <v>2016</v>
       </c>
-      <c r="I67" t="s">
-        <v>114</v>
+      <c r="I67">
+        <v>2016</v>
       </c>
       <c r="J67" t="s">
+        <v>157</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>422</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>423</v>
+      </c>
+      <c r="P67" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>425</v>
+      </c>
+      <c r="B68" t="s">
+        <v>426</v>
+      </c>
+      <c r="C68" t="s">
+        <v>427</v>
+      </c>
+      <c r="D68" t="s">
+        <v>19</v>
+      </c>
+      <c r="E68" t="s">
+        <v>77</v>
+      </c>
+      <c r="F68" t="s">
+        <v>78</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2017</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>34</v>
+      </c>
+      <c r="K68" t="s">
+        <v>79</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>428</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>429</v>
+      </c>
+      <c r="P68" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>431</v>
+      </c>
+      <c r="B69" t="s">
+        <v>432</v>
+      </c>
+      <c r="C69" t="s">
+        <v>363</v>
+      </c>
+      <c r="D69" t="s">
+        <v>55</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-[...26 lines deleted...]
-      <c r="F68" t="s">
+      <c r="G69" t="s">
+        <v>48</v>
+      </c>
+      <c r="H69">
+        <v>2000</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>303</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>433</v>
+      </c>
+      <c r="M69" t="s">
+        <v>365</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>434</v>
+      </c>
+      <c r="P69" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>436</v>
+      </c>
+      <c r="B70" t="s">
+        <v>437</v>
+      </c>
+      <c r="C70" t="s">
+        <v>363</v>
+      </c>
+      <c r="D70" t="s">
+        <v>55</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>155</v>
+      </c>
+      <c r="G70" t="s">
+        <v>438</v>
+      </c>
+      <c r="H70">
+        <v>1994</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
+      <c r="J70" t="s">
+        <v>303</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>439</v>
+      </c>
+      <c r="M70" t="s">
+        <v>365</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>440</v>
+      </c>
+      <c r="P70" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>442</v>
+      </c>
+      <c r="B71" t="s">
+        <v>443</v>
+      </c>
+      <c r="C71" t="s">
+        <v>363</v>
+      </c>
+      <c r="D71" t="s">
+        <v>67</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>155</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>181</v>
+      </c>
+      <c r="K71" t="s">
+        <v>79</v>
+      </c>
+      <c r="L71" t="s">
+        <v>444</v>
+      </c>
+      <c r="M71" t="s">
+        <v>365</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>445</v>
+      </c>
+      <c r="P71" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>447</v>
+      </c>
+      <c r="B72" t="s">
+        <v>448</v>
+      </c>
+      <c r="C72" t="s">
+        <v>136</v>
+      </c>
+      <c r="D72" t="s">
+        <v>449</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>450</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>139</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>140</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>451</v>
+      </c>
+      <c r="P72" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>453</v>
+      </c>
+      <c r="B73" t="s">
+        <v>454</v>
+      </c>
+      <c r="C73" t="s">
+        <v>180</v>
+      </c>
+      <c r="D73" t="s">
+        <v>55</v>
+      </c>
+      <c r="E73" t="s">
+        <v>77</v>
+      </c>
+      <c r="F73" t="s">
+        <v>78</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>188</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>455</v>
+      </c>
+      <c r="M73" t="s">
+        <v>456</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>457</v>
+      </c>
+      <c r="P73" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>459</v>
+      </c>
+      <c r="B74" t="s">
+        <v>460</v>
+      </c>
+      <c r="C74" t="s">
+        <v>461</v>
+      </c>
+      <c r="D74" t="s">
         <v>19</v>
       </c>
-      <c r="G68">
+      <c r="E74" t="s">
+        <v>77</v>
+      </c>
+      <c r="F74" t="s">
+        <v>78</v>
+      </c>
+      <c r="G74" t="s">
+        <v>48</v>
+      </c>
+      <c r="H74">
+        <v>2012</v>
+      </c>
+      <c r="I74">
+        <v>2020</v>
+      </c>
+      <c r="J74" t="s">
+        <v>157</v>
+      </c>
+      <c r="K74" t="s">
+        <v>79</v>
+      </c>
+      <c r="L74" t="s">
+        <v>462</v>
+      </c>
+      <c r="M74" t="s">
+        <v>463</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>464</v>
+      </c>
+      <c r="P74" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>466</v>
+      </c>
+      <c r="B75" t="s">
+        <v>467</v>
+      </c>
+      <c r="C75" t="s">
+        <v>180</v>
+      </c>
+      <c r="D75" t="s">
+        <v>343</v>
+      </c>
+      <c r="E75" t="s">
+        <v>77</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>289</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>468</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>469</v>
+      </c>
+      <c r="P75" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>471</v>
+      </c>
+      <c r="B76" t="s">
+        <v>472</v>
+      </c>
+      <c r="C76" t="s">
+        <v>180</v>
+      </c>
+      <c r="D76" t="s">
+        <v>349</v>
+      </c>
+      <c r="E76" t="s">
+        <v>77</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>289</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>468</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>473</v>
+      </c>
+      <c r="P76" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>475</v>
+      </c>
+      <c r="B77" t="s">
+        <v>476</v>
+      </c>
+      <c r="C77" t="s">
+        <v>477</v>
+      </c>
+      <c r="D77" t="s">
+        <v>67</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="G77" t="s">
+        <v>48</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>181</v>
+      </c>
+      <c r="K77" t="s">
+        <v>68</v>
+      </c>
+      <c r="L77" t="s">
+        <v>478</v>
+      </c>
+      <c r="M77" t="s">
+        <v>479</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>480</v>
+      </c>
+      <c r="P77" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>475</v>
+      </c>
+      <c r="B78" t="s">
+        <v>482</v>
+      </c>
+      <c r="C78" t="s">
+        <v>477</v>
+      </c>
+      <c r="D78" t="s">
+        <v>67</v>
+      </c>
+      <c r="E78" t="s">
+        <v>77</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>48</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78">
         <v>2017</v>
       </c>
-      <c r="H68"/>
-[...375 lines deleted...]
-      <c r="H77">
+      <c r="J78" t="s">
+        <v>181</v>
+      </c>
+      <c r="K78" t="s">
+        <v>68</v>
+      </c>
+      <c r="L78" t="s">
+        <v>483</v>
+      </c>
+      <c r="M78" t="s">
+        <v>479</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>484</v>
+      </c>
+      <c r="P78" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>485</v>
+      </c>
+      <c r="B79" t="s">
+        <v>486</v>
+      </c>
+      <c r="C79" t="s">
+        <v>487</v>
+      </c>
+      <c r="D79" t="s">
+        <v>55</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>155</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2017</v>
       </c>
-      <c r="I77" t="s">
-[...87 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>23</v>
+        <v>489</v>
       </c>
       <c r="N79" t="s">
-        <v>334</v>
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>490</v>
+      </c>
+      <c r="P79" t="s">
+        <v>491</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>