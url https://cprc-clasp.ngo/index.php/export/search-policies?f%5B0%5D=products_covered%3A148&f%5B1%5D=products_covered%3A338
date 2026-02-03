--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="376">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="375">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -564,72 +564,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
     <t>Pump: Centrifugal pump for feeding water into boilers</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
 It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
   </si>
   <si>
     <t>Brazil</t>
@@ -875,50 +869,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -2715,1442 +2712,1444 @@
       </c>
       <c r="L24" t="s">
         <v>173</v>
       </c>
       <c r="M24" t="s">
         <v>148</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>174</v>
       </c>
       <c r="P24" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>176</v>
       </c>
       <c r="B25" t="s">
         <v>177</v>
       </c>
       <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
+        <v>179</v>
+      </c>
+      <c r="G25" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2024</v>
+      </c>
+      <c r="J25" t="s">
         <v>180</v>
-      </c>
-[...8 lines deleted...]
-        <v>182</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="N25" t="s">
         <v>35</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
         <v>110</v>
       </c>
       <c r="D26" t="s">
         <v>50</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>42</v>
       </c>
       <c r="H26">
         <v>1996</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
         <v>112</v>
       </c>
       <c r="K26" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>114</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D27" t="s">
         <v>50</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>42</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
+        <v>192</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P27" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D28" t="s">
         <v>50</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D29" t="s">
         <v>50</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>95</v>
       </c>
       <c r="G29" t="s">
         <v>42</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29">
         <v>2002</v>
       </c>
       <c r="J29" t="s">
         <v>112</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="N29" t="s">
         <v>65</v>
       </c>
       <c r="O29" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="P29" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D30" t="s">
         <v>111</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>42</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>62</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="M30" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="P30" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D31" t="s">
         <v>111</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>41</v>
       </c>
       <c r="G31" t="s">
         <v>42</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
         <v>62</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="M31" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
         <v>119</v>
       </c>
       <c r="D32" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E32" t="s">
         <v>60</v>
       </c>
       <c r="F32" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
         <v>233</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E33" t="s">
         <v>60</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
+        <v>235</v>
+      </c>
+      <c r="K33" t="s">
+        <v>236</v>
+      </c>
+      <c r="L33" t="s">
         <v>237</v>
       </c>
-      <c r="K33" t="s">
+      <c r="M33" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="P33" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D34" t="s">
         <v>50</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>42</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2025</v>
       </c>
       <c r="J34" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="P34" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" t="s">
         <v>250</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>42</v>
       </c>
       <c r="H35">
         <v>2004</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="M35" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="P35" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B36" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C36" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D36" t="s">
         <v>50</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
         <v>42</v>
       </c>
       <c r="H36">
         <v>1996</v>
       </c>
       <c r="I36">
         <v>2005</v>
       </c>
       <c r="J36" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="M36" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="P36" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B37" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C37" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D37" t="s">
         <v>50</v>
       </c>
       <c r="E37" t="s">
         <v>60</v>
       </c>
       <c r="F37" t="s">
         <v>61</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="M37" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
         <v>267</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>95</v>
       </c>
       <c r="G38" t="s">
         <v>42</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38">
         <v>2021</v>
       </c>
       <c r="J38" t="s">
+        <v>269</v>
+      </c>
+      <c r="K38" t="s">
+        <v>270</v>
+      </c>
+      <c r="L38" t="s">
         <v>271</v>
       </c>
-      <c r="K38" t="s">
+      <c r="M38" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="N38" t="s">
         <v>65</v>
       </c>
       <c r="O38" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="P38" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>275</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
         <v>277</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="G39" t="s">
-        <v>181</v>
+        <v>279</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
+        <v>280</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>281</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="M39" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
+        <v>283</v>
+      </c>
+      <c r="P39" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
         <v>286</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>287</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E40" t="s">
         <v>60</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
+        <v>291</v>
+      </c>
+      <c r="P40" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>293</v>
+      </c>
+      <c r="B41" t="s">
         <v>294</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>95</v>
       </c>
       <c r="G41" t="s">
         <v>42</v>
       </c>
       <c r="H41">
         <v>2007</v>
       </c>
       <c r="I41">
         <v>2018</v>
       </c>
       <c r="J41" t="s">
+        <v>296</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
         <v>297</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="M41" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
+        <v>299</v>
+      </c>
+      <c r="P41" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>301</v>
+      </c>
+      <c r="B42" t="s">
         <v>302</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D42" t="s">
         <v>50</v>
       </c>
       <c r="E42" t="s">
         <v>60</v>
       </c>
       <c r="F42" t="s">
         <v>61</v>
       </c>
       <c r="G42" t="s">
         <v>42</v>
       </c>
       <c r="H42">
         <v>2002</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>303</v>
+      </c>
+      <c r="M42" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>305</v>
+      </c>
+      <c r="P42" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>307</v>
+      </c>
+      <c r="B43" t="s">
         <v>308</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D43" t="s">
         <v>50</v>
       </c>
       <c r="E43" t="s">
         <v>60</v>
       </c>
       <c r="F43" t="s">
         <v>61</v>
       </c>
       <c r="G43" t="s">
         <v>42</v>
       </c>
       <c r="H43">
         <v>2004</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="M43" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
+        <v>310</v>
+      </c>
+      <c r="P43" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>312</v>
+      </c>
+      <c r="B44" t="s">
         <v>313</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D44" t="s">
         <v>50</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>41</v>
       </c>
       <c r="G44" t="s">
         <v>42</v>
       </c>
       <c r="H44">
         <v>2000</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="M44" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
+        <v>315</v>
+      </c>
+      <c r="P44" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>317</v>
+      </c>
+      <c r="B45" t="s">
         <v>318</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D45" t="s">
         <v>50</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>95</v>
       </c>
       <c r="G45" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="H45">
         <v>1994</v>
       </c>
       <c r="I45">
         <v>2014</v>
       </c>
       <c r="J45" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="M45" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
+        <v>321</v>
+      </c>
+      <c r="P45" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>323</v>
+      </c>
+      <c r="B46" t="s">
         <v>324</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>325</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>41</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>97</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
+        <v>328</v>
+      </c>
+      <c r="P46" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>330</v>
+      </c>
+      <c r="B47" t="s">
         <v>331</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>325</v>
+      </c>
+      <c r="D47" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>97</v>
       </c>
       <c r="K47" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="N47" t="s">
         <v>65</v>
       </c>
       <c r="O47" t="s">
+        <v>333</v>
+      </c>
+      <c r="P47" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>335</v>
+      </c>
+      <c r="B48" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C48" t="s">
         <v>119</v>
       </c>
       <c r="D48" t="s">
         <v>50</v>
       </c>
       <c r="E48" t="s">
         <v>60</v>
       </c>
       <c r="F48" t="s">
         <v>61</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
+        <v>337</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
         <v>338</v>
       </c>
-      <c r="K48" t="s">
-[...2 lines deleted...]
-      <c r="L48" t="s">
+      <c r="M48" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
+        <v>340</v>
+      </c>
+      <c r="P48" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>342</v>
+      </c>
+      <c r="B49" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C49" t="s">
         <v>31</v>
       </c>
       <c r="D49" t="s">
         <v>32</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>41</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>33</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
+        <v>344</v>
+      </c>
+      <c r="P49" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>346</v>
+      </c>
+      <c r="B50" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="C50" t="s">
         <v>119</v>
       </c>
       <c r="D50" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E50" t="s">
         <v>60</v>
       </c>
       <c r="F50" t="s">
         <v>41</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
+        <v>349</v>
+      </c>
+      <c r="P50" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>351</v>
+      </c>
+      <c r="B51" t="s">
         <v>352</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="D51" t="s">
         <v>50</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>95</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>135</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
+        <v>355</v>
+      </c>
+      <c r="P51" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>357</v>
+      </c>
+      <c r="B52" t="s">
         <v>358</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>359</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>95</v>
       </c>
       <c r="G52" t="s">
         <v>42</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2014</v>
       </c>
       <c r="J52" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
+        <v>361</v>
+      </c>
+      <c r="M52" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
+        <v>363</v>
+      </c>
+      <c r="P52" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>365</v>
+      </c>
+      <c r="B53" t="s">
         <v>366</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>367</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E53" t="s">
         <v>60</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>42</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53">
         <v>2016</v>
       </c>
       <c r="J53" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="K53" t="s">
+        <v>369</v>
+      </c>
+      <c r="L53" t="s">
         <v>370</v>
       </c>
-      <c r="L53" t="s">
+      <c r="M53" t="s">
         <v>371</v>
       </c>
-      <c r="M53" t="s">
+      <c r="N53" t="s">
         <v>372</v>
       </c>
-      <c r="N53" t="s">
+      <c r="O53" t="s">
         <v>373</v>
       </c>
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">