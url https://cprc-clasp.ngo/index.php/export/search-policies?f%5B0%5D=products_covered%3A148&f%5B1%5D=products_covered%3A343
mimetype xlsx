--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -663,69 +663,69 @@
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
     <t>Centrifugal, mixed flow and axial pumps</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
   </si>
   <si>
     <t>Pumps, Pumps Other</t>
   </si>
@@ -2872,51 +2872,51 @@
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>215</v>
       </c>
       <c r="B32" t="s">
         <v>216</v>
       </c>
       <c r="C32" t="s">
         <v>217</v>
       </c>
       <c r="D32" t="s">
         <v>218</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>35</v>
       </c>
       <c r="H32">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>220</v>
       </c>
       <c r="N32" t="s">
         <v>38</v>
       </c>
       <c r="O32" t="s">
         <v>221</v>
       </c>
       <c r="P32" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>223</v>