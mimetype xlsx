--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,2750 +12,4056 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="851">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1268">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...2 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>AS/NZS 4934.1-2014</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
-    <t>The Gambia</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3019,9785 +4325,11148 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N230"/>
+  <dimension ref="A1:P230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2006</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>61</v>
+      </c>
+      <c r="E18" t="s">
+        <v>92</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1998</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" t="s">
+        <v>165</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>166</v>
+      </c>
+      <c r="H21">
+        <v>2023</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>173</v>
+      </c>
+      <c r="D22" t="s">
+        <v>174</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>175</v>
+      </c>
+      <c r="M22" t="s">
+        <v>176</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
+        <v>181</v>
+      </c>
+      <c r="D23" t="s">
+        <v>182</v>
+      </c>
+      <c r="E23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>118</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>183</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>184</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" t="s">
+        <v>86</v>
+      </c>
+      <c r="E24" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" t="s">
+        <v>189</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>119</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>190</v>
+      </c>
+      <c r="M24" t="s">
+        <v>191</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>192</v>
+      </c>
+      <c r="P24" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>194</v>
+      </c>
+      <c r="B25" t="s">
+        <v>195</v>
+      </c>
+      <c r="C25" t="s">
+        <v>125</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>92</v>
+      </c>
+      <c r="F25" t="s">
+        <v>189</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>133</v>
+      </c>
+      <c r="M25" t="s">
+        <v>191</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" t="s">
+        <v>92</v>
+      </c>
+      <c r="F26" t="s">
+        <v>189</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>183</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>200</v>
+      </c>
+      <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" t="s">
+        <v>125</v>
+      </c>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>92</v>
+      </c>
+      <c r="F27" t="s">
+        <v>189</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...250 lines deleted...]
-      <c r="K8" t="s">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2018</v>
+      </c>
+      <c r="J27" t="s">
+        <v>183</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>206</v>
+      </c>
+      <c r="P27" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B28" t="s">
+        <v>209</v>
+      </c>
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" t="s">
+        <v>92</v>
+      </c>
+      <c r="F28" t="s">
+        <v>189</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>183</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>210</v>
+      </c>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
         <v>61</v>
       </c>
-      <c r="L8" t="s">
-[...80 lines deleted...]
-      <c r="K10" t="s">
+      <c r="E29" t="s">
+        <v>92</v>
+      </c>
+      <c r="F29" t="s">
+        <v>189</v>
+      </c>
+      <c r="G29" t="s">
         <v>70</v>
-      </c>
-[...778 lines deleted...]
-        <v>2003</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K29" t="s">
-        <v>154</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>137</v>
+        <v>215</v>
       </c>
       <c r="M29" t="s">
+        <v>191</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>61</v>
+      </c>
+      <c r="E30" t="s">
+        <v>92</v>
+      </c>
+      <c r="F30" t="s">
+        <v>189</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>183</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>220</v>
+      </c>
+      <c r="M30" t="s">
+        <v>191</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>125</v>
+      </c>
+      <c r="D31" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" t="s">
+        <v>92</v>
+      </c>
+      <c r="F31" t="s">
+        <v>189</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>183</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
+      <c r="M31" t="s">
+        <v>191</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>92</v>
+      </c>
+      <c r="F32" t="s">
+        <v>189</v>
+      </c>
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>119</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>230</v>
+      </c>
+      <c r="M32" t="s">
+        <v>191</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" t="s">
+        <v>234</v>
+      </c>
+      <c r="C33" t="s">
+        <v>235</v>
+      </c>
+      <c r="D33" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>189</v>
+      </c>
+      <c r="G33" t="s">
+        <v>70</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>236</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>237</v>
+      </c>
+      <c r="M33" t="s">
+        <v>238</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>235</v>
+      </c>
+      <c r="D34" t="s">
+        <v>243</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>244</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2023</v>
+      </c>
+      <c r="J34" t="s">
+        <v>245</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>238</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>250</v>
+      </c>
+      <c r="D35" t="s">
+        <v>251</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>70</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>245</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>252</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" t="s">
+        <v>257</v>
+      </c>
+      <c r="D36" t="s">
+        <v>61</v>
+      </c>
+      <c r="E36" t="s">
+        <v>92</v>
+      </c>
+      <c r="F36" t="s">
+        <v>189</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>110</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>258</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>262</v>
+      </c>
+      <c r="C37" t="s">
+        <v>263</v>
+      </c>
+      <c r="D37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>63</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>264</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>265</v>
+      </c>
+      <c r="P37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>267</v>
+      </c>
+      <c r="B38" t="s">
+        <v>268</v>
+      </c>
+      <c r="C38" t="s">
+        <v>269</v>
+      </c>
+      <c r="D38" t="s">
+        <v>270</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>271</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>272</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>273</v>
+      </c>
+      <c r="P38" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>275</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
+        <v>277</v>
+      </c>
+      <c r="D39" t="s">
+        <v>278</v>
+      </c>
+      <c r="E39" t="s">
+        <v>92</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>118</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>53</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>279</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>280</v>
+      </c>
+      <c r="P39" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" t="s">
+        <v>283</v>
+      </c>
+      <c r="C40" t="s">
+        <v>284</v>
+      </c>
+      <c r="D40" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>70</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>110</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>285</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>286</v>
+      </c>
+      <c r="P40" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>288</v>
+      </c>
+      <c r="B41" t="s">
+        <v>289</v>
+      </c>
+      <c r="C41" t="s">
+        <v>290</v>
+      </c>
+      <c r="D41" t="s">
+        <v>174</v>
+      </c>
+      <c r="E41" t="s">
+        <v>92</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>118</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>63</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>291</v>
+      </c>
+      <c r="M41" t="s">
+        <v>292</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>293</v>
+      </c>
+      <c r="P41" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>295</v>
+      </c>
+      <c r="B42" t="s">
+        <v>296</v>
+      </c>
+      <c r="C42" t="s">
+        <v>297</v>
+      </c>
+      <c r="D42" t="s">
+        <v>298</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>63</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>299</v>
+      </c>
+      <c r="M42" t="s">
+        <v>300</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>301</v>
+      </c>
+      <c r="P42" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>303</v>
+      </c>
+      <c r="B43" t="s">
+        <v>304</v>
+      </c>
+      <c r="C43" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" t="s">
+        <v>61</v>
+      </c>
+      <c r="E43" t="s">
+        <v>92</v>
+      </c>
+      <c r="F43" t="s">
+        <v>189</v>
+      </c>
+      <c r="G43" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>144</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>305</v>
+      </c>
+      <c r="M43" t="s">
+        <v>306</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>307</v>
+      </c>
+      <c r="P43" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>309</v>
+      </c>
+      <c r="B44" t="s">
+        <v>310</v>
+      </c>
+      <c r="C44" t="s">
+        <v>143</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" t="s">
+        <v>92</v>
+      </c>
+      <c r="F44" t="s">
+        <v>189</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2009</v>
+      </c>
+      <c r="J44" t="s">
+        <v>144</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>311</v>
+      </c>
+      <c r="M44" t="s">
+        <v>306</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>312</v>
+      </c>
+      <c r="P44" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>314</v>
+      </c>
+      <c r="B45" t="s">
+        <v>315</v>
+      </c>
+      <c r="C45" t="s">
+        <v>143</v>
+      </c>
+      <c r="D45" t="s">
+        <v>61</v>
+      </c>
+      <c r="E45" t="s">
+        <v>92</v>
+      </c>
+      <c r="F45" t="s">
+        <v>189</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>144</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>316</v>
+      </c>
+      <c r="M45" t="s">
+        <v>146</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>317</v>
+      </c>
+      <c r="P45" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>319</v>
+      </c>
+      <c r="B46" t="s">
+        <v>320</v>
+      </c>
+      <c r="C46" t="s">
+        <v>321</v>
+      </c>
+      <c r="D46" t="s">
+        <v>322</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>52</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1994</v>
+      </c>
+      <c r="I46">
+        <v>2003</v>
+      </c>
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>323</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>324</v>
+      </c>
+      <c r="P46" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>326</v>
+      </c>
+      <c r="B47" t="s">
+        <v>327</v>
+      </c>
+      <c r="C47" t="s">
+        <v>321</v>
+      </c>
+      <c r="D47" t="s">
+        <v>61</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>52</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2009</v>
+      </c>
+      <c r="J47" t="s">
+        <v>79</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>328</v>
+      </c>
+      <c r="M47" t="s">
+        <v>323</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>329</v>
+      </c>
+      <c r="P47" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>326</v>
+      </c>
+      <c r="B48" t="s">
+        <v>327</v>
+      </c>
+      <c r="C48" t="s">
+        <v>321</v>
+      </c>
+      <c r="D48" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1997</v>
+      </c>
+      <c r="I48">
+        <v>2009</v>
+      </c>
+      <c r="J48" t="s">
+        <v>79</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>330</v>
+      </c>
+      <c r="M48" t="s">
+        <v>323</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>331</v>
+      </c>
+      <c r="P48" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>332</v>
+      </c>
+      <c r="B49" t="s">
+        <v>333</v>
+      </c>
+      <c r="C49" t="s">
+        <v>334</v>
+      </c>
+      <c r="D49" t="s">
+        <v>61</v>
+      </c>
+      <c r="E49" t="s">
+        <v>92</v>
+      </c>
+      <c r="F49" t="s">
+        <v>52</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>335</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>336</v>
+      </c>
+      <c r="M49" t="s">
+        <v>337</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>338</v>
+      </c>
+      <c r="P49" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>340</v>
+      </c>
+      <c r="B50" t="s">
+        <v>341</v>
+      </c>
+      <c r="C50" t="s">
+        <v>342</v>
+      </c>
+      <c r="D50" t="s">
+        <v>343</v>
+      </c>
+      <c r="E50" t="s">
+        <v>92</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>70</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>236</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>344</v>
+      </c>
+      <c r="M50" t="s">
+        <v>345</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>346</v>
+      </c>
+      <c r="P50" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>348</v>
+      </c>
+      <c r="B51" t="s">
+        <v>349</v>
+      </c>
+      <c r="C51" t="s">
+        <v>350</v>
+      </c>
+      <c r="D51" t="s">
+        <v>78</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51">
+        <v>2023</v>
+      </c>
+      <c r="J51" t="s">
+        <v>167</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>351</v>
+      </c>
+      <c r="M51" t="s">
+        <v>352</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>353</v>
+      </c>
+      <c r="P51" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>355</v>
+      </c>
+      <c r="B52" t="s">
+        <v>356</v>
+      </c>
+      <c r="C52" t="s">
+        <v>350</v>
+      </c>
+      <c r="D52" t="s">
+        <v>86</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2018</v>
+      </c>
+      <c r="J52" t="s">
+        <v>63</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>357</v>
+      </c>
+      <c r="M52" t="s">
+        <v>352</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>358</v>
+      </c>
+      <c r="P52" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>360</v>
+      </c>
+      <c r="B53" t="s">
+        <v>361</v>
+      </c>
+      <c r="C53" t="s">
+        <v>362</v>
+      </c>
+      <c r="D53" t="s">
+        <v>363</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>63</v>
+      </c>
+      <c r="K53" t="s">
+        <v>364</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>365</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>366</v>
+      </c>
+      <c r="P53" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>368</v>
+      </c>
+      <c r="B54" t="s">
+        <v>369</v>
+      </c>
+      <c r="C54" t="s">
+        <v>370</v>
+      </c>
+      <c r="D54" t="s">
+        <v>126</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>70</v>
+      </c>
+      <c r="H54">
+        <v>2020</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>371</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>372</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>373</v>
+      </c>
+      <c r="P54" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>375</v>
+      </c>
+      <c r="B55" t="s">
+        <v>376</v>
+      </c>
+      <c r="C55" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>92</v>
+      </c>
+      <c r="F55" t="s">
+        <v>189</v>
+      </c>
+      <c r="G55" t="s">
+        <v>70</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>144</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>377</v>
+      </c>
+      <c r="M55" t="s">
+        <v>306</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>378</v>
+      </c>
+      <c r="P55" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>380</v>
+      </c>
+      <c r="B56" t="s">
+        <v>381</v>
+      </c>
+      <c r="C56" t="s">
+        <v>382</v>
+      </c>
+      <c r="D56" t="s">
+        <v>383</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" t="s">
+        <v>384</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
+        <v>2011</v>
+      </c>
+      <c r="J56" t="s">
+        <v>385</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>386</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>387</v>
+      </c>
+      <c r="P56" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>389</v>
+      </c>
+      <c r="B57" t="s">
+        <v>390</v>
+      </c>
+      <c r="C57" t="s">
+        <v>391</v>
+      </c>
+      <c r="D57" t="s">
+        <v>392</v>
+      </c>
+      <c r="E57" t="s">
+        <v>92</v>
+      </c>
+      <c r="F57" t="s">
+        <v>52</v>
+      </c>
+      <c r="G57" t="s">
+        <v>70</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>33</v>
+      </c>
+      <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="N29" t="s">
-[...25 lines deleted...]
-      <c r="H30">
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>393</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>394</v>
+      </c>
+      <c r="P57" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>396</v>
+      </c>
+      <c r="B58" t="s">
+        <v>397</v>
+      </c>
+      <c r="C58" t="s">
+        <v>398</v>
+      </c>
+      <c r="D58" t="s">
+        <v>399</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>70</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>335</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>400</v>
+      </c>
+      <c r="M58" t="s">
+        <v>401</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>402</v>
+      </c>
+      <c r="P58" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>404</v>
+      </c>
+      <c r="B59" t="s">
+        <v>405</v>
+      </c>
+      <c r="C59" t="s">
+        <v>406</v>
+      </c>
+      <c r="D59" t="s">
+        <v>61</v>
+      </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
+      <c r="F59" t="s">
+        <v>189</v>
+      </c>
+      <c r="G59" t="s">
+        <v>70</v>
+      </c>
+      <c r="H59">
+        <v>2007</v>
+      </c>
+      <c r="I59">
+        <v>2008</v>
+      </c>
+      <c r="J59" t="s">
+        <v>183</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>407</v>
+      </c>
+      <c r="M59" t="s">
+        <v>408</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>409</v>
+      </c>
+      <c r="P59" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>411</v>
+      </c>
+      <c r="B60" t="s">
+        <v>412</v>
+      </c>
+      <c r="C60" t="s">
+        <v>406</v>
+      </c>
+      <c r="D60" t="s">
+        <v>78</v>
+      </c>
+      <c r="E60" t="s">
+        <v>92</v>
+      </c>
+      <c r="F60" t="s">
+        <v>189</v>
+      </c>
+      <c r="G60" t="s">
+        <v>70</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>183</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>413</v>
+      </c>
+      <c r="M60" t="s">
+        <v>408</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>414</v>
+      </c>
+      <c r="P60" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>416</v>
+      </c>
+      <c r="B61" t="s">
+        <v>417</v>
+      </c>
+      <c r="C61" t="s">
+        <v>406</v>
+      </c>
+      <c r="D61" t="s">
+        <v>78</v>
+      </c>
+      <c r="E61" t="s">
+        <v>92</v>
+      </c>
+      <c r="F61" t="s">
+        <v>189</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>183</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>413</v>
+      </c>
+      <c r="M61" t="s">
+        <v>408</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>418</v>
+      </c>
+      <c r="P61" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>420</v>
+      </c>
+      <c r="B62" t="s">
+        <v>421</v>
+      </c>
+      <c r="C62" t="s">
+        <v>406</v>
+      </c>
+      <c r="D62" t="s">
+        <v>399</v>
+      </c>
+      <c r="E62" t="s">
+        <v>92</v>
+      </c>
+      <c r="F62" t="s">
+        <v>189</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2014</v>
       </c>
-      <c r="I30" t="s">
-[...43 lines deleted...]
-      <c r="I31" t="s">
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>183</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>422</v>
+      </c>
+      <c r="M62" t="s">
+        <v>408</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>423</v>
+      </c>
+      <c r="P62" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>425</v>
+      </c>
+      <c r="B63" t="s">
+        <v>426</v>
+      </c>
+      <c r="C63" t="s">
+        <v>41</v>
+      </c>
+      <c r="D63" t="s">
+        <v>61</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2022</v>
+      </c>
+      <c r="I63">
+        <v>2024</v>
+      </c>
+      <c r="J63" t="s">
+        <v>427</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>428</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>429</v>
+      </c>
+      <c r="P63" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>431</v>
+      </c>
+      <c r="B64" t="s">
+        <v>432</v>
+      </c>
+      <c r="C64" t="s">
+        <v>433</v>
+      </c>
+      <c r="D64" t="s">
+        <v>61</v>
+      </c>
+      <c r="E64" t="s">
+        <v>92</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>70</v>
+      </c>
+      <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>144</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>434</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>435</v>
+      </c>
+      <c r="P64" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>437</v>
+      </c>
+      <c r="B65" t="s">
+        <v>437</v>
+      </c>
+      <c r="C65" t="s">
+        <v>143</v>
+      </c>
+      <c r="D65" t="s">
         <v>86</v>
       </c>
-      <c r="J31" t="s">
-[...480 lines deleted...]
-      <c r="G43">
+      <c r="E65" t="s">
+        <v>92</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2002</v>
       </c>
-      <c r="H43">
-[...893 lines deleted...]
-      <c r="H64">
+      <c r="I65">
         <v>2001</v>
       </c>
-      <c r="I64" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K65"/>
+        <v>144</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="N65" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>438</v>
+      </c>
+      <c r="P65" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>312</v>
+        <v>439</v>
       </c>
       <c r="B66" t="s">
-        <v>90</v>
+        <v>440</v>
       </c>
       <c r="C66" t="s">
-        <v>42</v>
+        <v>441</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>70</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>442</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66"/>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>443</v>
+      </c>
+      <c r="P66" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>445</v>
+      </c>
+      <c r="B67" t="s">
+        <v>446</v>
+      </c>
+      <c r="C67" t="s">
+        <v>125</v>
+      </c>
+      <c r="D67" t="s">
+        <v>61</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2003</v>
       </c>
-      <c r="H66">
+      <c r="I67">
         <v>2013</v>
       </c>
-      <c r="I66" t="s">
-[...37 lines deleted...]
-      <c r="G67">
+      <c r="J67" t="s">
+        <v>183</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>447</v>
+      </c>
+      <c r="M67" t="s">
+        <v>128</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>448</v>
+      </c>
+      <c r="P67" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>450</v>
+      </c>
+      <c r="B68" t="s">
+        <v>451</v>
+      </c>
+      <c r="C68" t="s">
+        <v>125</v>
+      </c>
+      <c r="D68" t="s">
+        <v>61</v>
+      </c>
+      <c r="E68" t="s">
+        <v>92</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2003</v>
       </c>
-      <c r="H67">
+      <c r="I68">
         <v>2014</v>
       </c>
-      <c r="I67" t="s">
-[...37 lines deleted...]
-      <c r="G68">
+      <c r="J68" t="s">
+        <v>183</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>452</v>
+      </c>
+      <c r="M68" t="s">
+        <v>128</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>453</v>
+      </c>
+      <c r="P68" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>455</v>
+      </c>
+      <c r="B69" t="s">
+        <v>456</v>
+      </c>
+      <c r="C69" t="s">
+        <v>125</v>
+      </c>
+      <c r="D69" t="s">
+        <v>61</v>
+      </c>
+      <c r="E69" t="s">
+        <v>92</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2003</v>
       </c>
-      <c r="H68">
+      <c r="I69">
         <v>2017</v>
       </c>
-      <c r="I68" t="s">
-[...14 lines deleted...]
-      <c r="N68" t="s">
+      <c r="J69" t="s">
+        <v>183</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>457</v>
+      </c>
+      <c r="M69" t="s">
+        <v>458</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>459</v>
+      </c>
+      <c r="P69" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>461</v>
+      </c>
+      <c r="B70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C70" t="s">
+        <v>125</v>
+      </c>
+      <c r="D70" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70">
+        <v>2013</v>
+      </c>
+      <c r="J70" t="s">
+        <v>183</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>463</v>
+      </c>
+      <c r="M70" t="s">
+        <v>128</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>464</v>
+      </c>
+      <c r="P70" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>466</v>
+      </c>
+      <c r="B71" t="s">
+        <v>467</v>
+      </c>
+      <c r="C71" t="s">
+        <v>125</v>
+      </c>
+      <c r="D71" t="s">
+        <v>78</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>183</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>468</v>
+      </c>
+      <c r="M71" t="s">
+        <v>128</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>469</v>
+      </c>
+      <c r="P71" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>471</v>
+      </c>
+      <c r="B72" t="s">
+        <v>472</v>
+      </c>
+      <c r="C72" t="s">
+        <v>125</v>
+      </c>
+      <c r="D72" t="s">
+        <v>61</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2020</v>
+      </c>
+      <c r="J72" t="s">
+        <v>183</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>473</v>
+      </c>
+      <c r="M72" t="s">
+        <v>128</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>474</v>
+      </c>
+      <c r="P72" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>476</v>
+      </c>
+      <c r="B73" t="s">
+        <v>477</v>
+      </c>
+      <c r="C73" t="s">
+        <v>125</v>
+      </c>
+      <c r="D73" t="s">
+        <v>61</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2005</v>
+      </c>
+      <c r="I73">
+        <v>2015</v>
+      </c>
+      <c r="J73" t="s">
+        <v>183</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>478</v>
+      </c>
+      <c r="M73" t="s">
+        <v>128</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>479</v>
+      </c>
+      <c r="P73" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>481</v>
+      </c>
+      <c r="B74" t="s">
+        <v>482</v>
+      </c>
+      <c r="C74" t="s">
+        <v>125</v>
+      </c>
+      <c r="D74" t="s">
+        <v>86</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2003</v>
+      </c>
+      <c r="I74">
+        <v>2013</v>
+      </c>
+      <c r="J74" t="s">
+        <v>183</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>200</v>
+      </c>
+      <c r="M74" t="s">
+        <v>128</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>483</v>
+      </c>
+      <c r="P74" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>485</v>
+      </c>
+      <c r="B75" t="s">
+        <v>486</v>
+      </c>
+      <c r="C75" t="s">
+        <v>433</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75" t="s">
+        <v>92</v>
+      </c>
+      <c r="F75" t="s">
+        <v>52</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1999</v>
+      </c>
+      <c r="I75">
+        <v>2000</v>
+      </c>
+      <c r="J75" t="s">
+        <v>144</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>487</v>
+      </c>
+      <c r="M75" t="s">
+        <v>488</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>489</v>
+      </c>
+      <c r="P75" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>491</v>
+      </c>
+      <c r="B76" t="s">
+        <v>492</v>
+      </c>
+      <c r="C76" t="s">
+        <v>493</v>
+      </c>
+      <c r="D76" t="s">
+        <v>494</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76">
+        <v>2025</v>
+      </c>
+      <c r="J76" t="s">
+        <v>427</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>495</v>
+      </c>
+      <c r="M76" t="s">
+        <v>496</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>497</v>
+      </c>
+      <c r="P76" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>491</v>
+      </c>
+      <c r="B77" t="s">
+        <v>499</v>
+      </c>
+      <c r="C77" t="s">
+        <v>500</v>
+      </c>
+      <c r="D77" t="s">
+        <v>165</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>43</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77">
+        <v>2024</v>
+      </c>
+      <c r="J77" t="s">
+        <v>501</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>502</v>
+      </c>
+      <c r="M77" t="s">
+        <v>496</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>503</v>
+      </c>
+      <c r="P77" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>505</v>
+      </c>
+      <c r="B78" t="s">
+        <v>506</v>
+      </c>
+      <c r="C78" t="s">
+        <v>398</v>
+      </c>
+      <c r="D78" t="s">
+        <v>86</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2004</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
+      </c>
+      <c r="J78" t="s">
+        <v>335</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>507</v>
+      </c>
+      <c r="M78" t="s">
+        <v>401</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>508</v>
+      </c>
+      <c r="P78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>510</v>
+      </c>
+      <c r="B79" t="s">
+        <v>511</v>
+      </c>
+      <c r="C79" t="s">
+        <v>398</v>
+      </c>
+      <c r="D79" t="s">
+        <v>512</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>43</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2009</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>335</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>513</v>
+      </c>
+      <c r="M79" t="s">
+        <v>401</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>514</v>
+      </c>
+      <c r="P79" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>516</v>
+      </c>
+      <c r="B80" t="s">
+        <v>517</v>
+      </c>
+      <c r="C80" t="s">
+        <v>398</v>
+      </c>
+      <c r="D80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>384</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80">
+        <v>2025</v>
+      </c>
+      <c r="J80" t="s">
+        <v>518</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>519</v>
+      </c>
+      <c r="M80" t="s">
+        <v>520</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>521</v>
+      </c>
+      <c r="P80" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>523</v>
+      </c>
+      <c r="B81" t="s">
+        <v>524</v>
+      </c>
+      <c r="C81" t="s">
+        <v>398</v>
+      </c>
+      <c r="D81" t="s">
+        <v>525</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2009</v>
+      </c>
+      <c r="I81">
+        <v>2017</v>
+      </c>
+      <c r="J81" t="s">
+        <v>335</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>526</v>
+      </c>
+      <c r="M81" t="s">
+        <v>401</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>527</v>
+      </c>
+      <c r="P81" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>529</v>
+      </c>
+      <c r="B82" t="s">
+        <v>530</v>
+      </c>
+      <c r="C82" t="s">
+        <v>143</v>
+      </c>
+      <c r="D82" t="s">
+        <v>61</v>
+      </c>
+      <c r="E82" t="s">
+        <v>92</v>
+      </c>
+      <c r="F82" t="s">
+        <v>189</v>
+      </c>
+      <c r="G82" t="s">
+        <v>70</v>
+      </c>
+      <c r="H82">
+        <v>2014</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>144</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>306</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>531</v>
+      </c>
+      <c r="P82" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>533</v>
+      </c>
+      <c r="B83" t="s">
+        <v>534</v>
+      </c>
+      <c r="C83" t="s">
+        <v>143</v>
+      </c>
+      <c r="D83" t="s">
+        <v>61</v>
+      </c>
+      <c r="E83" t="s">
+        <v>92</v>
+      </c>
+      <c r="F83" t="s">
+        <v>189</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2001</v>
+      </c>
+      <c r="I83">
+        <v>2013</v>
+      </c>
+      <c r="J83" t="s">
+        <v>144</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>146</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>535</v>
+      </c>
+      <c r="P83" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>537</v>
+      </c>
+      <c r="B84" t="s">
+        <v>538</v>
+      </c>
+      <c r="C84" t="s">
+        <v>143</v>
+      </c>
+      <c r="D84" t="s">
+        <v>86</v>
+      </c>
+      <c r="E84" t="s">
+        <v>92</v>
+      </c>
+      <c r="F84" t="s">
+        <v>189</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2002</v>
+      </c>
+      <c r="I84">
+        <v>2013</v>
+      </c>
+      <c r="J84" t="s">
+        <v>144</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>306</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>539</v>
+      </c>
+      <c r="P84" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>541</v>
+      </c>
+      <c r="B85" t="s">
+        <v>542</v>
+      </c>
+      <c r="C85" t="s">
+        <v>493</v>
+      </c>
+      <c r="D85" t="s">
+        <v>322</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>70</v>
+      </c>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>543</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>544</v>
+      </c>
+      <c r="M85" t="s">
+        <v>496</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>545</v>
+      </c>
+      <c r="P85" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>547</v>
+      </c>
+      <c r="B86" t="s">
+        <v>548</v>
+      </c>
+      <c r="C86" t="s">
         <v>321</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K69" t="s">
+      <c r="D86" t="s">
+        <v>61</v>
+      </c>
+      <c r="E86" t="s">
+        <v>92</v>
+      </c>
+      <c r="F86" t="s">
+        <v>189</v>
+      </c>
+      <c r="G86" t="s">
+        <v>70</v>
+      </c>
+      <c r="H86">
+        <v>2012</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>79</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
         <v>323</v>
       </c>
-      <c r="L69" t="s">
-[...732 lines deleted...]
-      </c>
       <c r="N86" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>549</v>
+      </c>
+      <c r="P86" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>376</v>
+        <v>547</v>
       </c>
       <c r="B87" t="s">
-        <v>223</v>
+        <v>551</v>
       </c>
       <c r="C87" t="s">
-        <v>42</v>
+        <v>321</v>
       </c>
       <c r="D87" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E87" t="s">
-        <v>135</v>
+        <v>92</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>189</v>
+      </c>
+      <c r="G87" t="s">
+        <v>70</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87"/>
       <c r="J87" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>323</v>
       </c>
       <c r="N87" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>552</v>
+      </c>
+      <c r="P87" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>380</v>
+        <v>547</v>
       </c>
       <c r="B88" t="s">
-        <v>174</v>
+        <v>553</v>
       </c>
       <c r="C88" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E88" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="F88" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>189</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>79</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>323</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>554</v>
+      </c>
+      <c r="P88" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>555</v>
+      </c>
+      <c r="B89" t="s">
+        <v>556</v>
+      </c>
+      <c r="C89" t="s">
+        <v>250</v>
+      </c>
+      <c r="D89" t="s">
+        <v>494</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>43</v>
+      </c>
+      <c r="G89" t="s">
+        <v>70</v>
+      </c>
+      <c r="H89">
         <v>2021</v>
       </c>
-      <c r="H88">
+      <c r="I89">
         <v>2024</v>
       </c>
-      <c r="I88" t="s">
-[...37 lines deleted...]
-      <c r="G89">
+      <c r="J89" t="s">
+        <v>557</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>558</v>
+      </c>
+      <c r="M89" t="s">
+        <v>252</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>559</v>
+      </c>
+      <c r="P89" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>561</v>
+      </c>
+      <c r="B90" t="s">
+        <v>562</v>
+      </c>
+      <c r="C90" t="s">
+        <v>143</v>
+      </c>
+      <c r="D90" t="s">
+        <v>61</v>
+      </c>
+      <c r="E90" t="s">
+        <v>92</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2012</v>
       </c>
-      <c r="H89">
+      <c r="I90">
         <v>2012</v>
       </c>
-      <c r="I89" t="s">
-[...5 lines deleted...]
-      <c r="K89" t="s">
+      <c r="J90" t="s">
+        <v>144</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>563</v>
+      </c>
+      <c r="M90" t="s">
+        <v>306</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>564</v>
+      </c>
+      <c r="P90" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>565</v>
+      </c>
+      <c r="B91" t="s">
+        <v>566</v>
+      </c>
+      <c r="C91" t="s">
+        <v>567</v>
+      </c>
+      <c r="D91" t="s">
+        <v>61</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>52</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2006</v>
+      </c>
+      <c r="I91">
+        <v>2022</v>
+      </c>
+      <c r="J91" t="s">
         <v>385</v>
       </c>
-      <c r="L89" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="K91" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>568</v>
       </c>
       <c r="N91" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>569</v>
+      </c>
+      <c r="P91" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>394</v>
+        <v>571</v>
       </c>
       <c r="B92" t="s">
-        <v>395</v>
+        <v>572</v>
       </c>
       <c r="C92" t="s">
-        <v>42</v>
+        <v>567</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>52</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
-      <c r="I92" t="s">
-        <v>396</v>
+      <c r="I92">
+        <v>2022</v>
       </c>
       <c r="J92" t="s">
-        <v>29</v>
+        <v>385</v>
       </c>
       <c r="K92" t="s">
-        <v>397</v>
+        <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>398</v>
+        <v>573</v>
       </c>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>568</v>
       </c>
       <c r="N92" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>574</v>
+      </c>
+      <c r="P92" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>400</v>
+        <v>576</v>
       </c>
       <c r="B93" t="s">
-        <v>395</v>
+        <v>577</v>
       </c>
       <c r="C93" t="s">
-        <v>42</v>
+        <v>578</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E93" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G93">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>2000</v>
       </c>
-      <c r="H93">
+      <c r="I93">
         <v>2015</v>
       </c>
-      <c r="I93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J93" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K93"/>
+        <v>579</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
       <c r="L93" t="s">
-        <v>398</v>
+        <v>580</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="N93" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>582</v>
+      </c>
+      <c r="P93" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>402</v>
+        <v>584</v>
       </c>
       <c r="B94" t="s">
-        <v>395</v>
+        <v>585</v>
       </c>
       <c r="C94" t="s">
-        <v>42</v>
+        <v>578</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E94" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G94">
+        <v>52</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2000</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>579</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>581</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>586</v>
+      </c>
+      <c r="P94" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>588</v>
+      </c>
+      <c r="B95" t="s">
+        <v>589</v>
+      </c>
+      <c r="C95" t="s">
+        <v>578</v>
+      </c>
+      <c r="D95" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>52</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2016</v>
       </c>
-      <c r="H94">
+      <c r="I95">
         <v>2020</v>
       </c>
-      <c r="I94" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J95" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>581</v>
       </c>
       <c r="N95" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>590</v>
+      </c>
+      <c r="P95" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>405</v>
+        <v>588</v>
       </c>
       <c r="B96" t="s">
-        <v>395</v>
+        <v>592</v>
       </c>
       <c r="C96" t="s">
-        <v>60</v>
+        <v>578</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E96" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>52</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
       </c>
       <c r="H96">
         <v>2016</v>
       </c>
-      <c r="I96" t="s">
-        <v>396</v>
+      <c r="I96">
+        <v>2020</v>
       </c>
       <c r="J96" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
       <c r="M96" t="s">
+        <v>581</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>593</v>
+      </c>
+      <c r="P96" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
+        <v>596</v>
+      </c>
+      <c r="C97" t="s">
+        <v>578</v>
+      </c>
+      <c r="D97" t="s">
+        <v>86</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2000</v>
+      </c>
+      <c r="I97">
+        <v>2016</v>
+      </c>
+      <c r="J97" t="s">
+        <v>579</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>581</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>597</v>
+      </c>
+      <c r="P97" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>599</v>
+      </c>
+      <c r="B98" t="s">
+        <v>600</v>
+      </c>
+      <c r="C98" t="s">
+        <v>578</v>
+      </c>
+      <c r="D98" t="s">
+        <v>86</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>52</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2000</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
+      <c r="J98" t="s">
+        <v>110</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>581</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>601</v>
+      </c>
+      <c r="P98" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>603</v>
+      </c>
+      <c r="B99" t="s">
+        <v>604</v>
+      </c>
+      <c r="C99" t="s">
+        <v>578</v>
+      </c>
+      <c r="D99" t="s">
+        <v>86</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>52</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2016</v>
+      </c>
+      <c r="I99">
+        <v>2020</v>
+      </c>
+      <c r="J99" t="s">
+        <v>110</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>581</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>605</v>
+      </c>
+      <c r="P99" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>607</v>
+      </c>
+      <c r="B100" t="s">
+        <v>608</v>
+      </c>
+      <c r="C100" t="s">
+        <v>609</v>
+      </c>
+      <c r="D100" t="s">
+        <v>61</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>43</v>
+      </c>
+      <c r="G100" t="s">
+        <v>70</v>
+      </c>
+      <c r="H100">
+        <v>2004</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>442</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>610</v>
+      </c>
+      <c r="M100" t="s">
+        <v>611</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>612</v>
+      </c>
+      <c r="P100" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>614</v>
+      </c>
+      <c r="B101" t="s">
+        <v>615</v>
+      </c>
+      <c r="C101" t="s">
+        <v>609</v>
+      </c>
+      <c r="D101" t="s">
+        <v>86</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>43</v>
+      </c>
+      <c r="G101" t="s">
+        <v>70</v>
+      </c>
+      <c r="H101">
+        <v>2004</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>442</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>616</v>
+      </c>
+      <c r="M101" t="s">
+        <v>611</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>617</v>
+      </c>
+      <c r="P101" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>618</v>
+      </c>
+      <c r="B102" t="s">
+        <v>619</v>
+      </c>
+      <c r="C102" t="s">
+        <v>620</v>
+      </c>
+      <c r="D102" t="s">
+        <v>61</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2013</v>
+      </c>
+      <c r="I102">
+        <v>2014</v>
+      </c>
+      <c r="J102" t="s">
+        <v>183</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>621</v>
+      </c>
+      <c r="M102" t="s">
+        <v>622</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>623</v>
+      </c>
+      <c r="P102" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>625</v>
+      </c>
+      <c r="B103" t="s">
+        <v>626</v>
+      </c>
+      <c r="C103" t="s">
+        <v>620</v>
+      </c>
+      <c r="D103" t="s">
+        <v>494</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>52</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>183</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>621</v>
+      </c>
+      <c r="M103" t="s">
+        <v>622</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>627</v>
+      </c>
+      <c r="P103" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>629</v>
+      </c>
+      <c r="B104" t="s">
+        <v>630</v>
+      </c>
+      <c r="C104" t="s">
+        <v>620</v>
+      </c>
+      <c r="D104" t="s">
+        <v>631</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104">
+        <v>2014</v>
+      </c>
+      <c r="J104" t="s">
+        <v>183</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>621</v>
+      </c>
+      <c r="M104" t="s">
+        <v>622</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>632</v>
+      </c>
+      <c r="P104" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>634</v>
+      </c>
+      <c r="B105" t="s">
+        <v>635</v>
+      </c>
+      <c r="C105" t="s">
+        <v>636</v>
+      </c>
+      <c r="D105" t="s">
+        <v>61</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2018</v>
+      </c>
+      <c r="J105" t="s">
+        <v>79</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>637</v>
+      </c>
+      <c r="M105" t="s">
+        <v>638</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>639</v>
+      </c>
+      <c r="P105" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>641</v>
+      </c>
+      <c r="B106" t="s">
+        <v>642</v>
+      </c>
+      <c r="C106" t="s">
+        <v>636</v>
+      </c>
+      <c r="D106" t="s">
+        <v>86</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2016</v>
+      </c>
+      <c r="I106">
+        <v>2018</v>
+      </c>
+      <c r="J106" t="s">
+        <v>110</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>638</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>643</v>
+      </c>
+      <c r="P106" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>645</v>
+      </c>
+      <c r="B107" t="s">
+        <v>646</v>
+      </c>
+      <c r="C107" t="s">
+        <v>647</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>70</v>
+      </c>
+      <c r="H107">
+        <v>2017</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>110</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>648</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>649</v>
+      </c>
+      <c r="P107" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>651</v>
+      </c>
+      <c r="B108" t="s">
+        <v>652</v>
+      </c>
+      <c r="C108" t="s">
+        <v>647</v>
+      </c>
+      <c r="D108" t="s">
+        <v>165</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>653</v>
+      </c>
+      <c r="G108" t="s">
+        <v>70</v>
+      </c>
+      <c r="H108">
+        <v>2022</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>654</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>648</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>655</v>
+      </c>
+      <c r="P108" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>657</v>
+      </c>
+      <c r="B109" t="s">
+        <v>658</v>
+      </c>
+      <c r="C109" t="s">
+        <v>647</v>
+      </c>
+      <c r="D109" t="s">
+        <v>659</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2005</v>
+      </c>
+      <c r="I109">
+        <v>2008</v>
+      </c>
+      <c r="J109" t="s">
+        <v>71</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>660</v>
+      </c>
+      <c r="M109" t="s">
+        <v>648</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>661</v>
+      </c>
+      <c r="P109" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>663</v>
+      </c>
+      <c r="B110" t="s">
+        <v>664</v>
+      </c>
+      <c r="C110" t="s">
+        <v>665</v>
+      </c>
+      <c r="D110" t="s">
+        <v>61</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>52</v>
+      </c>
+      <c r="G110" t="s">
+        <v>118</v>
+      </c>
+      <c r="H110"/>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>385</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>666</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>667</v>
+      </c>
+      <c r="P110" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>669</v>
+      </c>
+      <c r="B111" t="s">
+        <v>670</v>
+      </c>
+      <c r="C111" t="s">
+        <v>671</v>
+      </c>
+      <c r="D111" t="s">
+        <v>61</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>52</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2010</v>
+      </c>
+      <c r="I111">
+        <v>2010</v>
+      </c>
+      <c r="J111" t="s">
+        <v>236</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>672</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>673</v>
+      </c>
+      <c r="P111" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>675</v>
+      </c>
+      <c r="B112" t="s">
+        <v>676</v>
+      </c>
+      <c r="C112" t="s">
+        <v>677</v>
+      </c>
+      <c r="D112" t="s">
+        <v>678</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>43</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2008</v>
+      </c>
+      <c r="I112">
+        <v>2020</v>
+      </c>
+      <c r="J112" t="s">
+        <v>110</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>679</v>
+      </c>
+      <c r="M112" t="s">
+        <v>680</v>
+      </c>
+      <c r="N112" t="s">
+        <v>36</v>
+      </c>
+      <c r="O112" t="s">
+        <v>681</v>
+      </c>
+      <c r="P112" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>683</v>
+      </c>
+      <c r="B113" t="s">
+        <v>684</v>
+      </c>
+      <c r="C113" t="s">
+        <v>297</v>
+      </c>
+      <c r="D113" t="s">
+        <v>494</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>52</v>
+      </c>
+      <c r="G113" t="s">
+        <v>685</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113">
+        <v>2019</v>
+      </c>
+      <c r="J113" t="s">
+        <v>335</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>686</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>687</v>
+      </c>
+      <c r="P113" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>689</v>
+      </c>
+      <c r="B114" t="s">
+        <v>690</v>
+      </c>
+      <c r="C114" t="s">
+        <v>297</v>
+      </c>
+      <c r="D114" t="s">
+        <v>494</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>52</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2015</v>
+      </c>
+      <c r="I114">
+        <v>2024</v>
+      </c>
+      <c r="J114" t="s">
+        <v>691</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>686</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>692</v>
+      </c>
+      <c r="P114" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>693</v>
+      </c>
+      <c r="B115" t="s">
+        <v>694</v>
+      </c>
+      <c r="C115" t="s">
+        <v>695</v>
+      </c>
+      <c r="D115" t="s">
+        <v>126</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>43</v>
+      </c>
+      <c r="G115" t="s">
+        <v>118</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>71</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>696</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>697</v>
+      </c>
+      <c r="P115" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>699</v>
+      </c>
+      <c r="B116" t="s">
+        <v>694</v>
+      </c>
+      <c r="C116" t="s">
+        <v>700</v>
+      </c>
+      <c r="D116" t="s">
+        <v>61</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>701</v>
+      </c>
+      <c r="G116" t="s">
+        <v>118</v>
+      </c>
+      <c r="H116"/>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>71</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>702</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>703</v>
+      </c>
+      <c r="P116" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>705</v>
+      </c>
+      <c r="B117" t="s">
+        <v>694</v>
+      </c>
+      <c r="C117" t="s">
+        <v>706</v>
+      </c>
+      <c r="D117" t="s">
+        <v>126</v>
+      </c>
+      <c r="E117" t="s">
+        <v>92</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>118</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>71</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>707</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>708</v>
+      </c>
+      <c r="P117" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>705</v>
+      </c>
+      <c r="B118" t="s">
+        <v>694</v>
+      </c>
+      <c r="C118" t="s">
+        <v>706</v>
+      </c>
+      <c r="D118" t="s">
+        <v>126</v>
+      </c>
+      <c r="E118" t="s">
+        <v>92</v>
+      </c>
+      <c r="F118" t="s">
+        <v>52</v>
+      </c>
+      <c r="G118" t="s">
+        <v>118</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>71</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>710</v>
+      </c>
+      <c r="M118" t="s">
+        <v>707</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>711</v>
+      </c>
+      <c r="P118" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>705</v>
+      </c>
+      <c r="B119" t="s">
+        <v>694</v>
+      </c>
+      <c r="C119" t="s">
+        <v>712</v>
+      </c>
+      <c r="D119" t="s">
+        <v>126</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>701</v>
+      </c>
+      <c r="G119" t="s">
+        <v>118</v>
+      </c>
+      <c r="H119"/>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>71</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>713</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>714</v>
+      </c>
+      <c r="P119" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>716</v>
+      </c>
+      <c r="B120" t="s">
+        <v>717</v>
+      </c>
+      <c r="C120" t="s">
+        <v>718</v>
+      </c>
+      <c r="D120" t="s">
+        <v>494</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>70</v>
+      </c>
+      <c r="H120">
+        <v>2018</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>245</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>719</v>
+      </c>
+      <c r="M120" t="s">
+        <v>720</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>721</v>
+      </c>
+      <c r="P120" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>723</v>
+      </c>
+      <c r="B121" t="s">
+        <v>320</v>
+      </c>
+      <c r="C121" t="s">
+        <v>321</v>
+      </c>
+      <c r="D121" t="s">
+        <v>494</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>1994</v>
+      </c>
+      <c r="I121">
+        <v>2003</v>
+      </c>
+      <c r="J121" t="s">
+        <v>79</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>323</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>724</v>
+      </c>
+      <c r="P121" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>726</v>
+      </c>
+      <c r="B122" t="s">
+        <v>727</v>
+      </c>
+      <c r="C122" t="s">
+        <v>297</v>
+      </c>
+      <c r="D122" t="s">
+        <v>728</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>685</v>
+      </c>
+      <c r="H122">
+        <v>2015</v>
+      </c>
+      <c r="I122">
+        <v>2019</v>
+      </c>
+      <c r="J122" t="s">
+        <v>335</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>729</v>
+      </c>
+      <c r="M122" t="s">
+        <v>686</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>730</v>
+      </c>
+      <c r="P122" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>732</v>
+      </c>
+      <c r="B123" t="s">
+        <v>733</v>
+      </c>
+      <c r="C123" t="s">
+        <v>297</v>
+      </c>
+      <c r="D123" t="s">
+        <v>494</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>8</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123">
+        <v>2024</v>
+      </c>
+      <c r="J123" t="s">
+        <v>691</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>686</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>734</v>
+      </c>
+      <c r="P123" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>736</v>
+      </c>
+      <c r="B124" t="s">
+        <v>737</v>
+      </c>
+      <c r="C124" t="s">
+        <v>718</v>
+      </c>
+      <c r="D124" t="s">
+        <v>61</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>70</v>
+      </c>
+      <c r="H124">
+        <v>2018</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>245</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>738</v>
+      </c>
+      <c r="M124" t="s">
+        <v>720</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>739</v>
+      </c>
+      <c r="P124" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>736</v>
+      </c>
+      <c r="B125" t="s">
+        <v>327</v>
+      </c>
+      <c r="C125" t="s">
+        <v>321</v>
+      </c>
+      <c r="D125" t="s">
+        <v>61</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125">
+        <v>2014</v>
+      </c>
+      <c r="J125" t="s">
+        <v>79</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>328</v>
+      </c>
+      <c r="M125" t="s">
+        <v>323</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>740</v>
+      </c>
+      <c r="P125" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>742</v>
+      </c>
+      <c r="B126" t="s">
+        <v>743</v>
+      </c>
+      <c r="C126" t="s">
+        <v>77</v>
+      </c>
+      <c r="D126" t="s">
+        <v>78</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>118</v>
+      </c>
+      <c r="H126"/>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>79</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>744</v>
+      </c>
+      <c r="M126" t="s">
+        <v>81</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>745</v>
+      </c>
+      <c r="P126" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>746</v>
+      </c>
+      <c r="B127" t="s">
+        <v>694</v>
+      </c>
+      <c r="C127" t="s">
+        <v>747</v>
+      </c>
+      <c r="D127" t="s">
+        <v>748</v>
+      </c>
+      <c r="E127" t="s">
+        <v>749</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>118</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>71</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>750</v>
+      </c>
+      <c r="M127" t="s">
+        <v>751</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>752</v>
+      </c>
+      <c r="P127"/>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>746</v>
+      </c>
+      <c r="B128" t="s">
+        <v>753</v>
+      </c>
+      <c r="C128" t="s">
+        <v>754</v>
+      </c>
+      <c r="D128" t="s">
+        <v>126</v>
+      </c>
+      <c r="E128" t="s">
+        <v>92</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>118</v>
+      </c>
+      <c r="H128"/>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>63</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>755</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>756</v>
+      </c>
+      <c r="P128" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>746</v>
+      </c>
+      <c r="B129" t="s">
+        <v>68</v>
+      </c>
+      <c r="C129" t="s">
+        <v>69</v>
+      </c>
+      <c r="D129" t="s">
+        <v>61</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2010</v>
+      </c>
+      <c r="I129">
+        <v>2010</v>
+      </c>
+      <c r="J129" t="s">
+        <v>71</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>72</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>758</v>
+      </c>
+      <c r="P129" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>760</v>
+      </c>
+      <c r="B130" t="s">
+        <v>761</v>
+      </c>
+      <c r="C130" t="s">
+        <v>718</v>
+      </c>
+      <c r="D130" t="s">
+        <v>86</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>70</v>
+      </c>
+      <c r="H130">
+        <v>2018</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>245</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>762</v>
+      </c>
+      <c r="M130" t="s">
+        <v>720</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>763</v>
+      </c>
+      <c r="P130" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>764</v>
+      </c>
+      <c r="B131" t="s">
+        <v>765</v>
+      </c>
+      <c r="C131" t="s">
+        <v>766</v>
+      </c>
+      <c r="D131" t="s">
+        <v>61</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>70</v>
+      </c>
+      <c r="H131">
+        <v>2015</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>71</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>767</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>768</v>
+      </c>
+      <c r="P131" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>770</v>
+      </c>
+      <c r="B132"/>
+      <c r="C132" t="s">
+        <v>143</v>
+      </c>
+      <c r="D132" t="s">
+        <v>61</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>70</v>
+      </c>
+      <c r="H132">
+        <v>2010</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>63</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>146</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>771</v>
+      </c>
+      <c r="P132" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>773</v>
+      </c>
+      <c r="B133" t="s">
+        <v>774</v>
+      </c>
+      <c r="C133" t="s">
+        <v>143</v>
+      </c>
+      <c r="D133" t="s">
+        <v>165</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2001</v>
+      </c>
+      <c r="I133">
+        <v>2018</v>
+      </c>
+      <c r="J133" t="s">
+        <v>63</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>146</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>775</v>
+      </c>
+      <c r="P133" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>776</v>
+      </c>
+      <c r="B134"/>
+      <c r="C134" t="s">
+        <v>143</v>
+      </c>
+      <c r="D134" t="s">
+        <v>61</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>70</v>
+      </c>
+      <c r="H134">
+        <v>2012</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>63</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>146</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>777</v>
+      </c>
+      <c r="P134" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>778</v>
+      </c>
+      <c r="B135"/>
+      <c r="C135" t="s">
+        <v>143</v>
+      </c>
+      <c r="D135" t="s">
+        <v>165</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>70</v>
+      </c>
+      <c r="H135">
+        <v>2014</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>63</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>146</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>779</v>
+      </c>
+      <c r="P135" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>780</v>
+      </c>
+      <c r="B136"/>
+      <c r="C136" t="s">
+        <v>143</v>
+      </c>
+      <c r="D136" t="s">
+        <v>781</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>70</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>63</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>146</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>782</v>
+      </c>
+      <c r="P136" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>783</v>
+      </c>
+      <c r="B137" t="s">
+        <v>784</v>
+      </c>
+      <c r="C137" t="s">
+        <v>391</v>
+      </c>
+      <c r="D137" t="s">
+        <v>392</v>
+      </c>
+      <c r="E137" t="s">
+        <v>92</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>70</v>
+      </c>
+      <c r="H137">
+        <v>2013</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>33</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>393</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>785</v>
+      </c>
+      <c r="P137" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>786</v>
+      </c>
+      <c r="B138" t="s">
+        <v>787</v>
+      </c>
+      <c r="C138" t="s">
+        <v>41</v>
+      </c>
+      <c r="D138" t="s">
+        <v>788</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>43</v>
+      </c>
+      <c r="G138" t="s">
+        <v>70</v>
+      </c>
+      <c r="H138">
+        <v>2021</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>63</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>46</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>789</v>
+      </c>
+      <c r="P138" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>791</v>
+      </c>
+      <c r="B139" t="s">
+        <v>792</v>
+      </c>
+      <c r="C139" t="s">
+        <v>41</v>
+      </c>
+      <c r="D139" t="s">
+        <v>78</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>52</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2013</v>
+      </c>
+      <c r="I139">
+        <v>2016</v>
+      </c>
+      <c r="J139" t="s">
+        <v>63</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139" t="s">
+        <v>793</v>
+      </c>
+      <c r="M139" t="s">
+        <v>46</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>794</v>
+      </c>
+      <c r="P139" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>796</v>
+      </c>
+      <c r="B140" t="s">
+        <v>797</v>
+      </c>
+      <c r="C140" t="s">
+        <v>334</v>
+      </c>
+      <c r="D140" t="s">
+        <v>86</v>
+      </c>
+      <c r="E140" t="s">
+        <v>92</v>
+      </c>
+      <c r="F140" t="s">
+        <v>798</v>
+      </c>
+      <c r="G140" t="s">
+        <v>70</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>799</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>800</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>801</v>
+      </c>
+      <c r="P140" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>803</v>
+      </c>
+      <c r="B141" t="s">
+        <v>804</v>
+      </c>
+      <c r="C141" t="s">
+        <v>334</v>
+      </c>
+      <c r="D141" t="s">
+        <v>61</v>
+      </c>
+      <c r="E141" t="s">
+        <v>92</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>70</v>
+      </c>
+      <c r="H141">
+        <v>2015</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>799</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>800</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>805</v>
+      </c>
+      <c r="P141" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>807</v>
+      </c>
+      <c r="B142" t="s">
+        <v>808</v>
+      </c>
+      <c r="C142" t="s">
+        <v>433</v>
+      </c>
+      <c r="D142" t="s">
+        <v>61</v>
+      </c>
+      <c r="E142" t="s">
+        <v>92</v>
+      </c>
+      <c r="F142" t="s">
+        <v>52</v>
+      </c>
+      <c r="G142" t="s">
+        <v>70</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>144</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>488</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>809</v>
+      </c>
+      <c r="P142" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>811</v>
+      </c>
+      <c r="B143" t="s">
+        <v>812</v>
+      </c>
+      <c r="C143" t="s">
+        <v>433</v>
+      </c>
+      <c r="D143" t="s">
+        <v>813</v>
+      </c>
+      <c r="E143" t="s">
+        <v>92</v>
+      </c>
+      <c r="F143" t="s">
+        <v>52</v>
+      </c>
+      <c r="G143" t="s">
+        <v>70</v>
+      </c>
+      <c r="H143">
+        <v>2012</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>144</v>
+      </c>
+      <c r="K143" t="s">
         <v>24</v>
       </c>
-      <c r="N96" t="s">
-[...25 lines deleted...]
-      <c r="H97">
+      <c r="L143" t="s">
+        <v>814</v>
+      </c>
+      <c r="M143" t="s">
+        <v>815</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>816</v>
+      </c>
+      <c r="P143" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>817</v>
+      </c>
+      <c r="B144" t="s">
+        <v>818</v>
+      </c>
+      <c r="C144" t="s">
+        <v>567</v>
+      </c>
+      <c r="D144" t="s">
+        <v>61</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2006</v>
+      </c>
+      <c r="I144">
+        <v>2010</v>
+      </c>
+      <c r="J144" t="s">
+        <v>385</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>819</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>820</v>
+      </c>
+      <c r="P144" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>822</v>
+      </c>
+      <c r="B145" t="s">
+        <v>823</v>
+      </c>
+      <c r="C145" t="s">
+        <v>567</v>
+      </c>
+      <c r="D145" t="s">
+        <v>61</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2006</v>
+      </c>
+      <c r="I145">
+        <v>2010</v>
+      </c>
+      <c r="J145" t="s">
+        <v>385</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>819</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>824</v>
+      </c>
+      <c r="P145" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>826</v>
+      </c>
+      <c r="B146" t="s">
+        <v>827</v>
+      </c>
+      <c r="C146" t="s">
+        <v>567</v>
+      </c>
+      <c r="D146" t="s">
+        <v>61</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>70</v>
+      </c>
+      <c r="H146">
+        <v>2010</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>385</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>819</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>828</v>
+      </c>
+      <c r="P146" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>830</v>
+      </c>
+      <c r="B147" t="s">
+        <v>831</v>
+      </c>
+      <c r="C147" t="s">
+        <v>832</v>
+      </c>
+      <c r="D147" t="s">
+        <v>833</v>
+      </c>
+      <c r="E147" t="s">
+        <v>92</v>
+      </c>
+      <c r="F147" t="s">
+        <v>43</v>
+      </c>
+      <c r="G147" t="s">
+        <v>70</v>
+      </c>
+      <c r="H147">
+        <v>2014</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>110</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>834</v>
+      </c>
+      <c r="M147" t="s">
+        <v>835</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>836</v>
+      </c>
+      <c r="P147" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>838</v>
+      </c>
+      <c r="B148" t="s">
+        <v>839</v>
+      </c>
+      <c r="C148" t="s">
+        <v>840</v>
+      </c>
+      <c r="D148" t="s">
+        <v>841</v>
+      </c>
+      <c r="E148" t="s">
+        <v>749</v>
+      </c>
+      <c r="F148" t="s">
+        <v>842</v>
+      </c>
+      <c r="G148" t="s">
+        <v>70</v>
+      </c>
+      <c r="H148">
+        <v>2023</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>245</v>
+      </c>
+      <c r="K148" t="s">
+        <v>843</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>844</v>
+      </c>
+      <c r="N148" t="s">
+        <v>36</v>
+      </c>
+      <c r="O148" t="s">
+        <v>845</v>
+      </c>
+      <c r="P148" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>847</v>
+      </c>
+      <c r="B149" t="s">
+        <v>848</v>
+      </c>
+      <c r="C149" t="s">
+        <v>277</v>
+      </c>
+      <c r="D149" t="s">
+        <v>165</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>43</v>
+      </c>
+      <c r="G149" t="s">
+        <v>166</v>
+      </c>
+      <c r="H149">
+        <v>2024</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>849</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>850</v>
+      </c>
+      <c r="M149" t="s">
+        <v>851</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>852</v>
+      </c>
+      <c r="P149" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>854</v>
+      </c>
+      <c r="B150" t="s">
+        <v>855</v>
+      </c>
+      <c r="C150" t="s">
+        <v>856</v>
+      </c>
+      <c r="D150" t="s">
+        <v>61</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2012</v>
+      </c>
+      <c r="I150">
+        <v>2013</v>
+      </c>
+      <c r="J150" t="s">
+        <v>335</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>854</v>
+      </c>
+      <c r="M150" t="s">
+        <v>857</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>858</v>
+      </c>
+      <c r="P150" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>860</v>
+      </c>
+      <c r="B151" t="s">
+        <v>861</v>
+      </c>
+      <c r="C151" t="s">
+        <v>856</v>
+      </c>
+      <c r="D151" t="s">
+        <v>494</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2010</v>
+      </c>
+      <c r="I151">
+        <v>2018</v>
+      </c>
+      <c r="J151" t="s">
+        <v>335</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>860</v>
+      </c>
+      <c r="M151" t="s">
+        <v>857</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>862</v>
+      </c>
+      <c r="P151" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>864</v>
+      </c>
+      <c r="B152" t="s">
+        <v>865</v>
+      </c>
+      <c r="C152" t="s">
+        <v>856</v>
+      </c>
+      <c r="D152" t="s">
+        <v>78</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2012</v>
+      </c>
+      <c r="I152">
+        <v>2017</v>
+      </c>
+      <c r="J152" t="s">
+        <v>79</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>864</v>
+      </c>
+      <c r="M152" t="s">
+        <v>857</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>866</v>
+      </c>
+      <c r="P152" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>868</v>
+      </c>
+      <c r="B153" t="s">
+        <v>869</v>
+      </c>
+      <c r="C153" t="s">
+        <v>870</v>
+      </c>
+      <c r="D153" t="s">
+        <v>61</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>70</v>
+      </c>
+      <c r="H153">
+        <v>2009</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>79</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>871</v>
+      </c>
+      <c r="M153" t="s">
+        <v>872</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>873</v>
+      </c>
+      <c r="P153" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>875</v>
+      </c>
+      <c r="B154" t="s">
+        <v>876</v>
+      </c>
+      <c r="C154" t="s">
+        <v>870</v>
+      </c>
+      <c r="D154" t="s">
+        <v>61</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>70</v>
+      </c>
+      <c r="H154">
+        <v>2009</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>79</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>877</v>
+      </c>
+      <c r="M154" t="s">
+        <v>872</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>878</v>
+      </c>
+      <c r="P154" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>880</v>
+      </c>
+      <c r="B155" t="s">
+        <v>881</v>
+      </c>
+      <c r="C155" t="s">
+        <v>840</v>
+      </c>
+      <c r="D155" t="s">
+        <v>322</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>43</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
         <v>2020</v>
       </c>
-      <c r="I97" t="s">
+      <c r="I155">
+        <v>2024</v>
+      </c>
+      <c r="J155" t="s">
+        <v>557</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>882</v>
+      </c>
+      <c r="M155" t="s">
+        <v>844</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>883</v>
+      </c>
+      <c r="P155" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>885</v>
+      </c>
+      <c r="B156" t="s">
+        <v>886</v>
+      </c>
+      <c r="C156" t="s">
+        <v>840</v>
+      </c>
+      <c r="D156" t="s">
         <v>78</v>
       </c>
-      <c r="J97" t="s">
-[...6 lines deleted...]
-      <c r="M97" t="s">
+      <c r="E156" t="s">
+        <v>92</v>
+      </c>
+      <c r="F156" t="s">
+        <v>842</v>
+      </c>
+      <c r="G156" t="s">
+        <v>166</v>
+      </c>
+      <c r="H156">
+        <v>2014</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>245</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>887</v>
+      </c>
+      <c r="M156" t="s">
+        <v>844</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>888</v>
+      </c>
+      <c r="P156" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>890</v>
+      </c>
+      <c r="B157" t="s">
+        <v>891</v>
+      </c>
+      <c r="C157" t="s">
+        <v>250</v>
+      </c>
+      <c r="D157" t="s">
+        <v>86</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>43</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2007</v>
+      </c>
+      <c r="I157">
+        <v>2013</v>
+      </c>
+      <c r="J157" t="s">
+        <v>236</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>892</v>
+      </c>
+      <c r="M157" t="s">
+        <v>252</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>893</v>
+      </c>
+      <c r="P157" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>895</v>
+      </c>
+      <c r="B158" t="s">
+        <v>891</v>
+      </c>
+      <c r="C158" t="s">
+        <v>250</v>
+      </c>
+      <c r="D158" t="s">
+        <v>86</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>52</v>
+      </c>
+      <c r="G158" t="s">
+        <v>70</v>
+      </c>
+      <c r="H158">
+        <v>2006</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>236</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>896</v>
+      </c>
+      <c r="M158" t="s">
+        <v>252</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>897</v>
+      </c>
+      <c r="P158" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>899</v>
+      </c>
+      <c r="B159" t="s">
+        <v>900</v>
+      </c>
+      <c r="C159" t="s">
+        <v>250</v>
+      </c>
+      <c r="D159" t="s">
+        <v>78</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>52</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2007</v>
+      </c>
+      <c r="I159">
+        <v>2015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>236</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>901</v>
+      </c>
+      <c r="M159" t="s">
+        <v>252</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>902</v>
+      </c>
+      <c r="P159" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>904</v>
+      </c>
+      <c r="B160" t="s">
+        <v>905</v>
+      </c>
+      <c r="C160" t="s">
+        <v>906</v>
+      </c>
+      <c r="D160" t="s">
+        <v>907</v>
+      </c>
+      <c r="E160" t="s">
+        <v>749</v>
+      </c>
+      <c r="F160" t="s">
+        <v>43</v>
+      </c>
+      <c r="G160" t="s">
+        <v>118</v>
+      </c>
+      <c r="H160"/>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>691</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160"/>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>908</v>
+      </c>
+      <c r="P160" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>910</v>
+      </c>
+      <c r="B161" t="s">
+        <v>911</v>
+      </c>
+      <c r="C161" t="s">
+        <v>567</v>
+      </c>
+      <c r="D161" t="s">
+        <v>61</v>
+      </c>
+      <c r="E161" t="s">
+        <v>92</v>
+      </c>
+      <c r="F161" t="s">
+        <v>189</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>1993</v>
+      </c>
+      <c r="I161">
+        <v>2012</v>
+      </c>
+      <c r="J161" t="s">
+        <v>385</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>912</v>
+      </c>
+      <c r="M161" t="s">
+        <v>913</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>914</v>
+      </c>
+      <c r="P161" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>916</v>
+      </c>
+      <c r="B162" t="s">
+        <v>917</v>
+      </c>
+      <c r="C162" t="s">
+        <v>567</v>
+      </c>
+      <c r="D162" t="s">
+        <v>61</v>
+      </c>
+      <c r="E162" t="s">
+        <v>92</v>
+      </c>
+      <c r="F162" t="s">
+        <v>189</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>1993</v>
+      </c>
+      <c r="I162">
+        <v>2016</v>
+      </c>
+      <c r="J162" t="s">
+        <v>385</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>913</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>918</v>
+      </c>
+      <c r="P162" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>919</v>
+      </c>
+      <c r="B163" t="s">
+        <v>920</v>
+      </c>
+      <c r="C163" t="s">
+        <v>567</v>
+      </c>
+      <c r="D163" t="s">
+        <v>61</v>
+      </c>
+      <c r="E163" t="s">
+        <v>92</v>
+      </c>
+      <c r="F163" t="s">
+        <v>189</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>1993</v>
+      </c>
+      <c r="I163">
+        <v>2010</v>
+      </c>
+      <c r="J163" t="s">
+        <v>385</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>921</v>
+      </c>
+      <c r="M163" t="s">
+        <v>913</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>922</v>
+      </c>
+      <c r="P163" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>923</v>
+      </c>
+      <c r="B164" t="s">
+        <v>924</v>
+      </c>
+      <c r="C164" t="s">
+        <v>671</v>
+      </c>
+      <c r="D164" t="s">
+        <v>86</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>52</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>1999</v>
+      </c>
+      <c r="I164">
+        <v>2012</v>
+      </c>
+      <c r="J164" t="s">
+        <v>236</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>925</v>
+      </c>
+      <c r="M164" t="s">
+        <v>672</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>926</v>
+      </c>
+      <c r="P164" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>928</v>
+      </c>
+      <c r="B165" t="s">
+        <v>929</v>
+      </c>
+      <c r="C165" t="s">
+        <v>930</v>
+      </c>
+      <c r="D165" t="s">
+        <v>322</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>43</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2018</v>
+      </c>
+      <c r="I165">
+        <v>2019</v>
+      </c>
+      <c r="J165" t="s">
+        <v>71</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>931</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>932</v>
+      </c>
+      <c r="P165" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>934</v>
+      </c>
+      <c r="B166" t="s">
+        <v>935</v>
+      </c>
+      <c r="C166" t="s">
+        <v>441</v>
+      </c>
+      <c r="D166" t="s">
+        <v>494</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>43</v>
+      </c>
+      <c r="G166" t="s">
+        <v>70</v>
+      </c>
+      <c r="H166">
+        <v>2015</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>79</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>936</v>
+      </c>
+      <c r="M166" t="s">
+        <v>937</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>938</v>
+      </c>
+      <c r="P166" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>940</v>
+      </c>
+      <c r="B167" t="s">
+        <v>941</v>
+      </c>
+      <c r="C167" t="s">
+        <v>942</v>
+      </c>
+      <c r="D167" t="s">
+        <v>943</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>43</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2017</v>
+      </c>
+      <c r="I167">
+        <v>2021</v>
+      </c>
+      <c r="J167" t="s">
+        <v>543</v>
+      </c>
+      <c r="K167" t="s">
+        <v>944</v>
+      </c>
+      <c r="L167" t="s">
+        <v>945</v>
+      </c>
+      <c r="M167" t="s">
+        <v>946</v>
+      </c>
+      <c r="N167" t="s">
+        <v>36</v>
+      </c>
+      <c r="O167" t="s">
+        <v>947</v>
+      </c>
+      <c r="P167" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>949</v>
+      </c>
+      <c r="B168" t="s">
+        <v>950</v>
+      </c>
+      <c r="C168" t="s">
+        <v>951</v>
+      </c>
+      <c r="D168" t="s">
+        <v>174</v>
+      </c>
+      <c r="E168" t="s">
+        <v>92</v>
+      </c>
+      <c r="F168" t="s">
+        <v>43</v>
+      </c>
+      <c r="G168" t="s">
+        <v>118</v>
+      </c>
+      <c r="H168"/>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>442</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>175</v>
+      </c>
+      <c r="M168" t="s">
+        <v>952</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>953</v>
+      </c>
+      <c r="P168" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>955</v>
+      </c>
+      <c r="B169" t="s">
+        <v>956</v>
+      </c>
+      <c r="C169" t="s">
+        <v>957</v>
+      </c>
+      <c r="D169" t="s">
+        <v>958</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2009</v>
+      </c>
+      <c r="I169">
+        <v>2016</v>
+      </c>
+      <c r="J169" t="s">
+        <v>33</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>707</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>959</v>
+      </c>
+      <c r="P169" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>961</v>
+      </c>
+      <c r="B170" t="s">
+        <v>962</v>
+      </c>
+      <c r="C170" t="s">
+        <v>665</v>
+      </c>
+      <c r="D170" t="s">
+        <v>61</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2013</v>
+      </c>
+      <c r="I170">
+        <v>2020</v>
+      </c>
+      <c r="J170" t="s">
+        <v>385</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>963</v>
+      </c>
+      <c r="M170" t="s">
+        <v>666</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>964</v>
+      </c>
+      <c r="P170" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>966</v>
+      </c>
+      <c r="B171" t="s">
+        <v>967</v>
+      </c>
+      <c r="C171" t="s">
+        <v>665</v>
+      </c>
+      <c r="D171" t="s">
+        <v>61</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>52</v>
+      </c>
+      <c r="G171" t="s">
+        <v>70</v>
+      </c>
+      <c r="H171">
+        <v>2011</v>
+      </c>
+      <c r="I171">
+        <v>2015</v>
+      </c>
+      <c r="J171" t="s">
+        <v>385</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>968</v>
+      </c>
+      <c r="M171" t="s">
+        <v>666</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>969</v>
+      </c>
+      <c r="P171" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>971</v>
+      </c>
+      <c r="B172" t="s">
+        <v>972</v>
+      </c>
+      <c r="C172" t="s">
+        <v>973</v>
+      </c>
+      <c r="D172" t="s">
+        <v>61</v>
+      </c>
+      <c r="E172" t="s">
+        <v>92</v>
+      </c>
+      <c r="F172" t="s">
+        <v>52</v>
+      </c>
+      <c r="G172" t="s">
+        <v>118</v>
+      </c>
+      <c r="H172"/>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>974</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>975</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>976</v>
+      </c>
+      <c r="P172" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>978</v>
+      </c>
+      <c r="B173" t="s">
+        <v>979</v>
+      </c>
+      <c r="C173" t="s">
+        <v>143</v>
+      </c>
+      <c r="D173" t="s">
+        <v>61</v>
+      </c>
+      <c r="E173" t="s">
+        <v>92</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2010</v>
+      </c>
+      <c r="I173">
+        <v>2017</v>
+      </c>
+      <c r="J173" t="s">
+        <v>144</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>980</v>
+      </c>
+      <c r="M173" t="s">
+        <v>146</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>981</v>
+      </c>
+      <c r="P173" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>983</v>
+      </c>
+      <c r="B174" t="s">
+        <v>984</v>
+      </c>
+      <c r="C174" t="s">
+        <v>718</v>
+      </c>
+      <c r="D174" t="s">
+        <v>985</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>52</v>
+      </c>
+      <c r="G174" t="s">
+        <v>70</v>
+      </c>
+      <c r="H174">
+        <v>2018</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>110</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>720</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>986</v>
+      </c>
+      <c r="P174" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>988</v>
+      </c>
+      <c r="B175" t="s">
+        <v>989</v>
+      </c>
+      <c r="C175" t="s">
+        <v>990</v>
+      </c>
+      <c r="D175" t="s">
+        <v>322</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>43</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2016</v>
+      </c>
+      <c r="I175">
+        <v>2019</v>
+      </c>
+      <c r="J175" t="s">
+        <v>79</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>991</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>992</v>
+      </c>
+      <c r="P175" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>994</v>
+      </c>
+      <c r="B176" t="s">
+        <v>995</v>
+      </c>
+      <c r="C176" t="s">
+        <v>990</v>
+      </c>
+      <c r="D176" t="s">
+        <v>322</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>43</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2016</v>
+      </c>
+      <c r="I176">
+        <v>2019</v>
+      </c>
+      <c r="J176" t="s">
+        <v>79</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>991</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>996</v>
+      </c>
+      <c r="P176" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>997</v>
+      </c>
+      <c r="B177" t="s">
+        <v>998</v>
+      </c>
+      <c r="C177" t="s">
+        <v>143</v>
+      </c>
+      <c r="D177" t="s">
+        <v>61</v>
+      </c>
+      <c r="E177" t="s">
+        <v>92</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>70</v>
+      </c>
+      <c r="H177">
+        <v>2010</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>144</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>999</v>
+      </c>
+      <c r="M177" t="s">
+        <v>146</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P177" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C178" t="s">
+        <v>856</v>
+      </c>
+      <c r="D178" t="s">
+        <v>61</v>
+      </c>
+      <c r="E178" t="s">
+        <v>92</v>
+      </c>
+      <c r="F178" t="s">
+        <v>189</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2010</v>
+      </c>
+      <c r="I178">
+        <v>2022</v>
+      </c>
+      <c r="J178" t="s">
+        <v>385</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C179" t="s">
+        <v>856</v>
+      </c>
+      <c r="D179" t="s">
+        <v>61</v>
+      </c>
+      <c r="E179" t="s">
+        <v>92</v>
+      </c>
+      <c r="F179" t="s">
+        <v>189</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1995</v>
+      </c>
+      <c r="I179">
+        <v>2013</v>
+      </c>
+      <c r="J179" t="s">
+        <v>385</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1009</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C180" t="s">
+        <v>856</v>
+      </c>
+      <c r="D180" t="s">
+        <v>86</v>
+      </c>
+      <c r="E180" t="s">
+        <v>92</v>
+      </c>
+      <c r="F180" t="s">
+        <v>189</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>1996</v>
+      </c>
+      <c r="I180">
+        <v>2012</v>
+      </c>
+      <c r="J180" t="s">
+        <v>385</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C181" t="s">
+        <v>856</v>
+      </c>
+      <c r="D181" t="s">
+        <v>61</v>
+      </c>
+      <c r="E181" t="s">
+        <v>92</v>
+      </c>
+      <c r="F181" t="s">
+        <v>189</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>1996</v>
+      </c>
+      <c r="I181">
+        <v>2015</v>
+      </c>
+      <c r="J181" t="s">
+        <v>385</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1019</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1020</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C182" t="s">
+        <v>856</v>
+      </c>
+      <c r="D182" t="s">
+        <v>86</v>
+      </c>
+      <c r="E182" t="s">
+        <v>92</v>
+      </c>
+      <c r="F182" t="s">
+        <v>189</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>1996</v>
+      </c>
+      <c r="I182">
+        <v>2013</v>
+      </c>
+      <c r="J182" t="s">
+        <v>385</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C183" t="s">
+        <v>856</v>
+      </c>
+      <c r="D183" t="s">
+        <v>86</v>
+      </c>
+      <c r="E183" t="s">
+        <v>92</v>
+      </c>
+      <c r="F183" t="s">
+        <v>189</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>1997</v>
+      </c>
+      <c r="I183">
+        <v>2012</v>
+      </c>
+      <c r="J183" t="s">
+        <v>385</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C184" t="s">
+        <v>856</v>
+      </c>
+      <c r="D184" t="s">
+        <v>61</v>
+      </c>
+      <c r="E184" t="s">
+        <v>92</v>
+      </c>
+      <c r="F184" t="s">
+        <v>189</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>1998</v>
+      </c>
+      <c r="I184">
+        <v>2012</v>
+      </c>
+      <c r="J184" t="s">
+        <v>385</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C185" t="s">
+        <v>856</v>
+      </c>
+      <c r="D185" t="s">
+        <v>86</v>
+      </c>
+      <c r="E185" t="s">
+        <v>92</v>
+      </c>
+      <c r="F185" t="s">
+        <v>189</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2003</v>
+      </c>
+      <c r="I185">
+        <v>2013</v>
+      </c>
+      <c r="J185" t="s">
+        <v>385</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C186" t="s">
+        <v>856</v>
+      </c>
+      <c r="D186" t="s">
+        <v>61</v>
+      </c>
+      <c r="E186" t="s">
+        <v>92</v>
+      </c>
+      <c r="F186" t="s">
+        <v>189</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2004</v>
+      </c>
+      <c r="I186">
+        <v>2012</v>
+      </c>
+      <c r="J186" t="s">
+        <v>385</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N186" t="s">
+        <v>36</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C187" t="s">
+        <v>856</v>
+      </c>
+      <c r="D187" t="s">
+        <v>86</v>
+      </c>
+      <c r="E187" t="s">
+        <v>92</v>
+      </c>
+      <c r="F187" t="s">
+        <v>189</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2004</v>
+      </c>
+      <c r="I187">
+        <v>2012</v>
+      </c>
+      <c r="J187" t="s">
+        <v>385</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C188" t="s">
+        <v>856</v>
+      </c>
+      <c r="D188" t="s">
+        <v>86</v>
+      </c>
+      <c r="E188" t="s">
+        <v>92</v>
+      </c>
+      <c r="F188" t="s">
+        <v>189</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2004</v>
+      </c>
+      <c r="I188">
+        <v>2012</v>
+      </c>
+      <c r="J188" t="s">
+        <v>385</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C189" t="s">
+        <v>856</v>
+      </c>
+      <c r="D189" t="s">
+        <v>86</v>
+      </c>
+      <c r="E189" t="s">
+        <v>92</v>
+      </c>
+      <c r="F189" t="s">
+        <v>189</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2005</v>
+      </c>
+      <c r="I189">
+        <v>2012</v>
+      </c>
+      <c r="J189" t="s">
+        <v>385</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C190" t="s">
+        <v>856</v>
+      </c>
+      <c r="D190" t="s">
+        <v>61</v>
+      </c>
+      <c r="E190" t="s">
+        <v>92</v>
+      </c>
+      <c r="F190" t="s">
+        <v>189</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2009</v>
+      </c>
+      <c r="I190">
+        <v>2012</v>
+      </c>
+      <c r="J190" t="s">
+        <v>385</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C191" t="s">
+        <v>856</v>
+      </c>
+      <c r="D191" t="s">
+        <v>61</v>
+      </c>
+      <c r="E191" t="s">
+        <v>92</v>
+      </c>
+      <c r="F191" t="s">
+        <v>189</v>
+      </c>
+      <c r="G191" t="s">
+        <v>70</v>
+      </c>
+      <c r="H191">
+        <v>2015</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>442</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1069</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P191"/>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D192" t="s">
+        <v>78</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>43</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2006</v>
+      </c>
+      <c r="I192">
+        <v>2015</v>
+      </c>
+      <c r="J192" t="s">
+        <v>63</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>393</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D193" t="s">
+        <v>86</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>52</v>
+      </c>
+      <c r="G193" t="s">
+        <v>70</v>
+      </c>
+      <c r="H193">
+        <v>2014</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>63</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>393</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C194" t="s">
+        <v>297</v>
+      </c>
+      <c r="D194" t="s">
+        <v>78</v>
+      </c>
+      <c r="E194" t="s">
+        <v>92</v>
+      </c>
+      <c r="F194" t="s">
+        <v>189</v>
+      </c>
+      <c r="G194" t="s">
+        <v>70</v>
+      </c>
+      <c r="H194">
+        <v>2012</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>442</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C195" t="s">
+        <v>297</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E195" t="s">
+        <v>92</v>
+      </c>
+      <c r="F195" t="s">
+        <v>189</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2012</v>
+      </c>
+      <c r="I195">
+        <v>2017</v>
+      </c>
+      <c r="J195" t="s">
+        <v>110</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D196" t="s">
+        <v>61</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>43</v>
+      </c>
+      <c r="G196" t="s">
+        <v>70</v>
+      </c>
+      <c r="H196">
+        <v>2011</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>79</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D197" t="s">
+        <v>494</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>70</v>
+      </c>
+      <c r="H197">
+        <v>2011</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>110</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1098</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D198" t="s">
+        <v>78</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>43</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2002</v>
+      </c>
+      <c r="I198">
+        <v>2016</v>
+      </c>
+      <c r="J198" t="s">
+        <v>543</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D199" t="s">
+        <v>78</v>
+      </c>
+      <c r="E199" t="s">
+        <v>92</v>
+      </c>
+      <c r="F199" t="s">
+        <v>43</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2016</v>
+      </c>
+      <c r="I199">
+        <v>2019</v>
+      </c>
+      <c r="J199" t="s">
+        <v>543</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D200" t="s">
+        <v>86</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>43</v>
+      </c>
+      <c r="G200" t="s">
+        <v>70</v>
+      </c>
+      <c r="H200">
+        <v>2016</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>52</v>
+      </c>
+      <c r="G201" t="s">
+        <v>70</v>
+      </c>
+      <c r="H201">
+        <v>2017</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>63</v>
+      </c>
+      <c r="K201" t="s">
         <v>24</v>
       </c>
-      <c r="N97" t="s">
-[...22 lines deleted...]
-      <c r="G98">
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>1121</v>
+      </c>
+      <c r="N201" t="s">
+        <v>36</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C202" t="s">
+        <v>235</v>
+      </c>
+      <c r="D202" t="s">
+        <v>126</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>70</v>
+      </c>
+      <c r="H202">
+        <v>2017</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>236</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>238</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1126</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C203" t="s">
+        <v>235</v>
+      </c>
+      <c r="D203" t="s">
+        <v>86</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2008</v>
+      </c>
+      <c r="I203">
+        <v>2015</v>
+      </c>
+      <c r="J203" t="s">
+        <v>245</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>238</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C204" t="s">
+        <v>235</v>
+      </c>
+      <c r="D204" t="s">
+        <v>86</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2009</v>
+      </c>
+      <c r="I204">
+        <v>2013</v>
+      </c>
+      <c r="J204" t="s">
+        <v>245</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>238</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C205" t="s">
+        <v>957</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>52</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2009</v>
+      </c>
+      <c r="I205">
         <v>2016</v>
       </c>
-      <c r="H98">
+      <c r="J205" t="s">
+        <v>33</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>707</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B206" t="s">
+        <v>694</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D206" t="s">
+        <v>61</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>43</v>
+      </c>
+      <c r="G206" t="s">
+        <v>70</v>
+      </c>
+      <c r="H206">
+        <v>2010</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>71</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206"/>
+      <c r="M206" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C207" t="s">
+        <v>334</v>
+      </c>
+      <c r="D207" t="s">
+        <v>86</v>
+      </c>
+      <c r="E207" t="s">
+        <v>92</v>
+      </c>
+      <c r="F207" t="s">
+        <v>189</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2002</v>
+      </c>
+      <c r="I207">
+        <v>2015</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1151</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C208" t="s">
+        <v>334</v>
+      </c>
+      <c r="D208" t="s">
+        <v>61</v>
+      </c>
+      <c r="E208" t="s">
+        <v>92</v>
+      </c>
+      <c r="F208" t="s">
+        <v>189</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2013</v>
+      </c>
+      <c r="I208">
+        <v>2017</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1155</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D209" t="s">
+        <v>152</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>52</v>
+      </c>
+      <c r="G209" t="s">
+        <v>70</v>
+      </c>
+      <c r="H209">
+        <v>2021</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209"/>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1162</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D210" t="s">
+        <v>152</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>70</v>
+      </c>
+      <c r="H210">
+        <v>2021</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210"/>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C211" t="s">
+        <v>636</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>43</v>
+      </c>
+      <c r="G211" t="s">
+        <v>70</v>
+      </c>
+      <c r="H211">
+        <v>2016</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K211" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N211" t="s">
+        <v>36</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1172</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C212" t="s">
+        <v>334</v>
+      </c>
+      <c r="D212" t="s">
+        <v>61</v>
+      </c>
+      <c r="E212" t="s">
+        <v>92</v>
+      </c>
+      <c r="F212" t="s">
+        <v>52</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2001</v>
+      </c>
+      <c r="I212">
+        <v>2019</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1176</v>
+      </c>
+      <c r="M212" t="s">
+        <v>337</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C213" t="s">
+        <v>677</v>
+      </c>
+      <c r="D213" t="s">
+        <v>78</v>
+      </c>
+      <c r="E213" t="s">
+        <v>92</v>
+      </c>
+      <c r="F213" t="s">
+        <v>189</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2011</v>
+      </c>
+      <c r="I213">
         <v>2020</v>
       </c>
-      <c r="I98" t="s">
+      <c r="J213" t="s">
+        <v>110</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1182</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C214" t="s">
+        <v>677</v>
+      </c>
+      <c r="D214" t="s">
         <v>78</v>
       </c>
-      <c r="J98" t="s">
-[...116 lines deleted...]
-      <c r="G101">
+      <c r="E214" t="s">
+        <v>92</v>
+      </c>
+      <c r="F214" t="s">
+        <v>189</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>1998</v>
+      </c>
+      <c r="I214">
+        <v>2020</v>
+      </c>
+      <c r="J214" t="s">
+        <v>110</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1182</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C215" t="s">
+        <v>334</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E215" t="s">
+        <v>92</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>70</v>
+      </c>
+      <c r="H215">
         <v>2013</v>
       </c>
-      <c r="H101">
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>799</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1193</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C216" t="s">
+        <v>334</v>
+      </c>
+      <c r="D216" t="s">
+        <v>278</v>
+      </c>
+      <c r="E216" t="s">
+        <v>92</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2007</v>
+      </c>
+      <c r="I216">
         <v>2014</v>
       </c>
-      <c r="I101" t="s">
-[...37 lines deleted...]
-      <c r="G102">
+      <c r="J216" t="s">
+        <v>799</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>1193</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D217" t="s">
+        <v>61</v>
+      </c>
+      <c r="E217" t="s">
+        <v>92</v>
+      </c>
+      <c r="F217" t="s">
+        <v>52</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2002</v>
+      </c>
+      <c r="I217">
+        <v>2021</v>
+      </c>
+      <c r="J217" t="s">
+        <v>335</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1203</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1204</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E218" t="s">
+        <v>92</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>70</v>
+      </c>
+      <c r="H218">
+        <v>2021</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>335</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1204</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P218"/>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E219" t="s">
+        <v>92</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>70</v>
+      </c>
+      <c r="H219">
+        <v>2021</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>335</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1204</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P219"/>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D220" t="s">
+        <v>174</v>
+      </c>
+      <c r="E220" t="s">
+        <v>92</v>
+      </c>
+      <c r="F220" t="s">
+        <v>43</v>
+      </c>
+      <c r="G220" t="s">
+        <v>70</v>
+      </c>
+      <c r="H220">
+        <v>2016</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>236</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" t="s">
+        <v>175</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D221" t="s">
+        <v>126</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>43</v>
+      </c>
+      <c r="G221" t="s">
+        <v>70</v>
+      </c>
+      <c r="H221">
+        <v>2007</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>71</v>
+      </c>
+      <c r="K221" t="s">
+        <v>34</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1222</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D222" t="s">
+        <v>61</v>
+      </c>
+      <c r="E222" t="s">
+        <v>92</v>
+      </c>
+      <c r="F222" t="s">
+        <v>52</v>
+      </c>
+      <c r="G222" t="s">
+        <v>70</v>
+      </c>
+      <c r="H222">
+        <v>2007</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>63</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D223" t="s">
+        <v>494</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>70</v>
+      </c>
+      <c r="H223">
+        <v>2007</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>71</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D224" t="s">
+        <v>126</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2014</v>
+      </c>
+      <c r="I224">
+        <v>2018</v>
+      </c>
+      <c r="J224" t="s">
+        <v>71</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1236</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1223</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D225" t="s">
+        <v>86</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>70</v>
+      </c>
+      <c r="H225">
+        <v>2011</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>79</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D226" t="s">
+        <v>86</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
+        <v>70</v>
+      </c>
+      <c r="H226">
+        <v>2011</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>79</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C227" t="s">
+        <v>164</v>
+      </c>
+      <c r="D227" t="s">
+        <v>61</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2010</v>
+      </c>
+      <c r="I227">
+        <v>2014</v>
+      </c>
+      <c r="J227" t="s">
+        <v>385</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M227" t="s">
+        <v>168</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C228" t="s">
+        <v>164</v>
+      </c>
+      <c r="D228" t="s">
+        <v>86</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2012</v>
+      </c>
+      <c r="I228">
+        <v>2014</v>
+      </c>
+      <c r="J228" t="s">
+        <v>385</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1256</v>
+      </c>
+      <c r="M228" t="s">
+        <v>168</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1257</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C229" t="s">
+        <v>235</v>
+      </c>
+      <c r="D229" t="s">
+        <v>61</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2011</v>
+      </c>
+      <c r="I229">
         <v>2013</v>
       </c>
-      <c r="H102">
+      <c r="J229" t="s">
+        <v>236</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>238</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C230" t="s">
+        <v>832</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E230" t="s">
+        <v>92</v>
+      </c>
+      <c r="F230" t="s">
+        <v>52</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
         <v>2014</v>
       </c>
-      <c r="I102" t="s">
-[...167 lines deleted...]
-      <c r="G106">
+      <c r="I230">
         <v>2017</v>
       </c>
-      <c r="H106"/>
-[...4963 lines deleted...]
-      <c r="B225" t="s">
+      <c r="J230" t="s">
+        <v>183</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
         <v>835</v>
       </c>
-      <c r="C225" t="s">
-[...239 lines deleted...]
-      </c>
       <c r="N230" t="s">
-        <v>850</v>
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1267</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>