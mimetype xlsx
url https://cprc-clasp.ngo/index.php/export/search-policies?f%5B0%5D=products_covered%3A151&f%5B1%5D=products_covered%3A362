--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,526 +12,659 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -795,1113 +928,1256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>68</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>78</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>76</v>
+      </c>
+      <c r="G12" t="s">
+        <v>107</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>68</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1992</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>77</v>
+      </c>
+      <c r="K15" t="s">
+        <v>68</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>77</v>
+      </c>
+      <c r="K16" t="s">
+        <v>68</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>107</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>115</v>
+      </c>
+      <c r="K17" t="s">
+        <v>68</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>77</v>
+      </c>
+      <c r="K18" t="s">
+        <v>68</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1997</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>146</v>
+      </c>
+      <c r="K19" t="s">
+        <v>68</v>
+      </c>
+      <c r="L19" t="s">
+        <v>147</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>36</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>49</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>99</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...57 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D24" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
+        <v>180</v>
+      </c>
+      <c r="G24" t="s">
         <v>35</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>86</v>
+      </c>
+      <c r="K24" t="s">
         <v>37</v>
       </c>
-      <c r="E4" t="s">
-[...9 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...848 lines deleted...]
-        <v>140</v>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>