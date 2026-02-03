--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,1983 +12,2845 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="906">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>National Agency for Energy Conservation (ANME)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2252,6405 +3114,7296 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N149"/>
+  <dimension ref="A1:P149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2006</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>147</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>148</v>
+      </c>
+      <c r="G19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>148</v>
+      </c>
+      <c r="G20" t="s">
+        <v>157</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>164</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>164</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>164</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>176</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D24" t="s">
+        <v>182</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>183</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...63 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J24" t="s">
+        <v>184</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>190</v>
+      </c>
+      <c r="D25" t="s">
+        <v>191</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>71</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>192</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>193</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P25" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" t="s">
+        <v>197</v>
+      </c>
+      <c r="C26" t="s">
+        <v>78</v>
+      </c>
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1986</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>198</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" t="s">
+        <v>81</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
+        <v>203</v>
+      </c>
+      <c r="C27" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" t="s">
+        <v>87</v>
+      </c>
+      <c r="E27" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F27" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...121 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G27" t="s">
+        <v>157</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>93</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>204</v>
+      </c>
+      <c r="M27" t="s">
+        <v>88</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
         <v>61</v>
       </c>
-      <c r="B8" t="s">
-[...77 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
         <v>71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>72</v>
       </c>
-      <c r="B10" t="s">
-[...696 lines deleted...]
-      <c r="K26" t="s">
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B29" t="s">
+        <v>213</v>
+      </c>
+      <c r="C29" t="s">
+        <v>214</v>
+      </c>
+      <c r="D29" t="s">
+        <v>215</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>148</v>
       </c>
-      <c r="L26" t="s">
-[...109 lines deleted...]
-        <v>2023</v>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2023</v>
       </c>
-      <c r="I29" t="s">
-        <v>20</v>
+      <c r="I29">
+        <v>2023</v>
       </c>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>161</v>
+        <v>216</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="N29" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>218</v>
+      </c>
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>163</v>
+        <v>220</v>
       </c>
       <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>221</v>
+      </c>
+      <c r="D30" t="s">
+        <v>222</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>71</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>223</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>148</v>
+      </c>
+      <c r="G31" t="s">
+        <v>157</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>63</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>230</v>
+      </c>
+      <c r="M31" t="s">
+        <v>231</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>232</v>
+      </c>
+      <c r="P31" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>234</v>
+      </c>
+      <c r="B32" t="s">
+        <v>235</v>
+      </c>
+      <c r="C32" t="s">
+        <v>236</v>
+      </c>
+      <c r="D32" t="s">
+        <v>237</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>148</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>63</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>238</v>
+      </c>
+      <c r="M32" t="s">
+        <v>239</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>240</v>
+      </c>
+      <c r="P32" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>242</v>
+      </c>
+      <c r="B33" t="s">
+        <v>243</v>
+      </c>
+      <c r="C33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>71</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>79</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>245</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>246</v>
+      </c>
+      <c r="P33" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>248</v>
+      </c>
+      <c r="B34" t="s">
+        <v>249</v>
+      </c>
+      <c r="C34" t="s">
+        <v>110</v>
+      </c>
+      <c r="D34" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>166</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>250</v>
+      </c>
+      <c r="P34" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>252</v>
+      </c>
+      <c r="B35" t="s">
+        <v>253</v>
+      </c>
+      <c r="C35" t="s">
+        <v>254</v>
+      </c>
+      <c r="D35" t="s">
+        <v>255</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>148</v>
+      </c>
+      <c r="G35" t="s">
+        <v>71</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>256</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>257</v>
+      </c>
+      <c r="M35" t="s">
+        <v>258</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>259</v>
+      </c>
+      <c r="P35" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>261</v>
+      </c>
+      <c r="B36" t="s">
+        <v>262</v>
+      </c>
+      <c r="C36" t="s">
+        <v>263</v>
+      </c>
+      <c r="D36" t="s">
+        <v>264</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>63</v>
+      </c>
+      <c r="K36" t="s">
+        <v>45</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>265</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>266</v>
+      </c>
+      <c r="P36" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>268</v>
+      </c>
+      <c r="B37" t="s">
+        <v>269</v>
+      </c>
+      <c r="C37" t="s">
+        <v>270</v>
+      </c>
+      <c r="D37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>148</v>
+      </c>
+      <c r="G37" t="s">
+        <v>71</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>63</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>271</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>272</v>
+      </c>
+      <c r="P37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>274</v>
+      </c>
+      <c r="B38" t="s">
+        <v>275</v>
+      </c>
+      <c r="C38" t="s">
+        <v>270</v>
+      </c>
+      <c r="D38" t="s">
+        <v>61</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>148</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1986</v>
+      </c>
+      <c r="I38">
+        <v>2004</v>
+      </c>
+      <c r="J38" t="s">
+        <v>63</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>276</v>
+      </c>
+      <c r="P38" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>278</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
         <v>164</v>
       </c>
-      <c r="C30" t="s">
-[...39 lines deleted...]
-      <c r="C31" t="s">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2001</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>158</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>281</v>
+      </c>
+      <c r="M39" t="s">
+        <v>282</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>283</v>
+      </c>
+      <c r="P39" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
+        <v>286</v>
+      </c>
+      <c r="C40" t="s">
+        <v>280</v>
+      </c>
+      <c r="D40" t="s">
+        <v>61</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>164</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2001</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>158</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>287</v>
+      </c>
+      <c r="M40" t="s">
+        <v>282</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>288</v>
+      </c>
+      <c r="P40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
+        <v>208</v>
+      </c>
+      <c r="C41" t="s">
+        <v>209</v>
+      </c>
+      <c r="D41" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>148</v>
+      </c>
+      <c r="G41" t="s">
+        <v>71</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>72</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>291</v>
+      </c>
+      <c r="M41" t="s">
+        <v>210</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>292</v>
+      </c>
+      <c r="P41"/>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>293</v>
+      </c>
+      <c r="B42" t="s">
+        <v>294</v>
+      </c>
+      <c r="C42" t="s">
         <v>110</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="D42" t="s">
+        <v>87</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2002</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
         <v>111</v>
       </c>
-      <c r="F31" t="s">
-[...76 lines deleted...]
-      <c r="E33" t="s">
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>295</v>
+      </c>
+      <c r="M42" t="s">
+        <v>113</v>
+      </c>
+      <c r="N42" t="s">
         <v>36</v>
       </c>
-      <c r="F33" t="s">
-[...297 lines deleted...]
-      <c r="H40">
+      <c r="O42" t="s">
+        <v>296</v>
+      </c>
+      <c r="P42" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>298</v>
+      </c>
+      <c r="B43" t="s">
+        <v>299</v>
+      </c>
+      <c r="C43" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43" t="s">
+        <v>87</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>71</v>
+      </c>
+      <c r="H43">
         <v>2014</v>
       </c>
-      <c r="I40" t="s">
-[...129 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="K43" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="M43" t="s">
-        <v>31</v>
+        <v>301</v>
       </c>
       <c r="N43" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O43" t="s">
+        <v>302</v>
+      </c>
+      <c r="P43" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>222</v>
+        <v>304</v>
       </c>
       <c r="B44" t="s">
-        <v>223</v>
+        <v>305</v>
       </c>
       <c r="C44" t="s">
-        <v>224</v>
+        <v>306</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>307</v>
       </c>
       <c r="E44" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
-      <c r="I44" t="s">
-        <v>37</v>
+      <c r="I44">
+        <v>2019</v>
       </c>
       <c r="J44" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K44" t="s">
-        <v>225</v>
+        <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>226</v>
+        <v>308</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N44" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>228</v>
+        <v>312</v>
       </c>
       <c r="B45" t="s">
-        <v>229</v>
+        <v>313</v>
       </c>
       <c r="C45" t="s">
-        <v>50</v>
+        <v>314</v>
       </c>
       <c r="D45" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1987</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>1988</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>315</v>
       </c>
       <c r="N45" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>316</v>
+      </c>
+      <c r="P45" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>232</v>
+        <v>318</v>
       </c>
       <c r="B46" t="s">
-        <v>229</v>
+        <v>319</v>
       </c>
       <c r="C46" t="s">
-        <v>50</v>
+        <v>314</v>
       </c>
       <c r="D46" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>198</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>320</v>
+      </c>
+      <c r="M46" t="s">
+        <v>321</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>322</v>
+      </c>
+      <c r="P46" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>324</v>
+      </c>
+      <c r="B47" t="s">
+        <v>325</v>
+      </c>
+      <c r="C47" t="s">
+        <v>326</v>
+      </c>
+      <c r="D47" t="s">
+        <v>327</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>148</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>328</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>329</v>
+      </c>
+      <c r="M47" t="s">
+        <v>330</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>331</v>
+      </c>
+      <c r="P47" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>333</v>
+      </c>
+      <c r="B48" t="s">
+        <v>334</v>
+      </c>
+      <c r="C48" t="s">
+        <v>326</v>
+      </c>
+      <c r="D48" t="s">
+        <v>215</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>148</v>
+      </c>
+      <c r="G48" t="s">
+        <v>71</v>
+      </c>
+      <c r="H48">
+        <v>2025</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>335</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>329</v>
+      </c>
+      <c r="M48" t="s">
+        <v>330</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>336</v>
+      </c>
+      <c r="P48" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>338</v>
+      </c>
+      <c r="B49" t="s">
+        <v>339</v>
+      </c>
+      <c r="C49" t="s">
+        <v>340</v>
+      </c>
+      <c r="D49" t="s">
+        <v>61</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>148</v>
+      </c>
+      <c r="G49" t="s">
+        <v>71</v>
+      </c>
+      <c r="H49">
+        <v>2019</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>341</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>342</v>
+      </c>
+      <c r="M49" t="s">
+        <v>343</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>344</v>
+      </c>
+      <c r="P49" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>346</v>
+      </c>
+      <c r="B50" t="s">
+        <v>347</v>
+      </c>
+      <c r="C50" t="s">
+        <v>340</v>
+      </c>
+      <c r="D50" t="s">
+        <v>87</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2001</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>348</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>349</v>
+      </c>
+      <c r="M50" t="s">
+        <v>343</v>
+      </c>
+      <c r="N50" t="s">
         <v>36</v>
       </c>
-      <c r="F46" t="s">
-[...5 lines deleted...]
-      <c r="H46">
+      <c r="O50" t="s">
+        <v>350</v>
+      </c>
+      <c r="P50" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>352</v>
+      </c>
+      <c r="B51" t="s">
+        <v>353</v>
+      </c>
+      <c r="C51" t="s">
+        <v>354</v>
+      </c>
+      <c r="D51" t="s">
+        <v>61</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>164</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1998</v>
+      </c>
+      <c r="I51">
         <v>2014</v>
       </c>
-      <c r="I46" t="s">
-[...63 lines deleted...]
-      <c r="A48" t="s">
+      <c r="J51" t="s">
+        <v>355</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>356</v>
+      </c>
+      <c r="M51" t="s">
+        <v>357</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>358</v>
+      </c>
+      <c r="P51" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>360</v>
+      </c>
+      <c r="B52" t="s">
+        <v>361</v>
+      </c>
+      <c r="C52" t="s">
+        <v>362</v>
+      </c>
+      <c r="D52" t="s">
+        <v>363</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>71</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>364</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>365</v>
+      </c>
+      <c r="M52" t="s">
+        <v>366</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>367</v>
+      </c>
+      <c r="P52" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>369</v>
+      </c>
+      <c r="B53" t="s">
+        <v>370</v>
+      </c>
+      <c r="C53" t="s">
         <v>244</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D53" t="s">
+        <v>87</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>164</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
+        <v>371</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
         <v>245</v>
       </c>
-      <c r="C48" t="s">
-[...95 lines deleted...]
-      <c r="G50">
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>372</v>
+      </c>
+      <c r="P53" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>374</v>
+      </c>
+      <c r="B54" t="s">
+        <v>375</v>
+      </c>
+      <c r="C54" t="s">
+        <v>376</v>
+      </c>
+      <c r="D54" t="s">
+        <v>87</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>71</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>377</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>378</v>
+      </c>
+      <c r="M54" t="s">
+        <v>379</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>380</v>
+      </c>
+      <c r="P54" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>382</v>
+      </c>
+      <c r="B55" t="s">
+        <v>383</v>
+      </c>
+      <c r="C55" t="s">
+        <v>376</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2001</v>
       </c>
-      <c r="H50">
-[...40 lines deleted...]
-      <c r="G51">
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>377</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>384</v>
+      </c>
+      <c r="M55" t="s">
+        <v>379</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>385</v>
+      </c>
+      <c r="P55" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>387</v>
+      </c>
+      <c r="B56" t="s">
+        <v>388</v>
+      </c>
+      <c r="C56" t="s">
+        <v>389</v>
+      </c>
+      <c r="D56" t="s">
+        <v>61</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2001</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>390</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>391</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>392</v>
+      </c>
+      <c r="P56" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>394</v>
+      </c>
+      <c r="B57" t="s">
+        <v>395</v>
+      </c>
+      <c r="C57" t="s">
+        <v>389</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>390</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>391</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>396</v>
+      </c>
+      <c r="P57" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>398</v>
+      </c>
+      <c r="B58" t="s">
+        <v>399</v>
+      </c>
+      <c r="C58" t="s">
+        <v>389</v>
+      </c>
+      <c r="D58" t="s">
+        <v>87</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>390</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>391</v>
+      </c>
+      <c r="N58" t="s">
+        <v>36</v>
+      </c>
+      <c r="O58" t="s">
+        <v>400</v>
+      </c>
+      <c r="P58" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>402</v>
+      </c>
+      <c r="B59" t="s">
+        <v>403</v>
+      </c>
+      <c r="C59" t="s">
+        <v>389</v>
+      </c>
+      <c r="D59" t="s">
+        <v>87</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>390</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>391</v>
+      </c>
+      <c r="N59" t="s">
+        <v>36</v>
+      </c>
+      <c r="O59" t="s">
+        <v>404</v>
+      </c>
+      <c r="P59" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>406</v>
+      </c>
+      <c r="B60" t="s">
+        <v>407</v>
+      </c>
+      <c r="C60" t="s">
+        <v>408</v>
+      </c>
+      <c r="D60" t="s">
+        <v>61</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>148</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>1998</v>
       </c>
-      <c r="H51">
-[...381 lines deleted...]
-      <c r="H60">
+      <c r="I60">
         <v>2012</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>29</v>
+        <v>371</v>
       </c>
       <c r="K60" t="s">
-        <v>296</v>
+        <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>297</v>
+        <v>409</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>410</v>
       </c>
       <c r="N60" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>411</v>
+      </c>
+      <c r="P60" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>299</v>
+        <v>413</v>
       </c>
       <c r="B61" t="s">
-        <v>295</v>
+        <v>414</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>408</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E61" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>148</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
-      <c r="I61" t="s">
-        <v>272</v>
+      <c r="I61">
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
+        <v>410</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>415</v>
+      </c>
+      <c r="P61" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>416</v>
+      </c>
+      <c r="B62" t="s">
+        <v>417</v>
+      </c>
+      <c r="C62" t="s">
+        <v>418</v>
+      </c>
+      <c r="D62" t="s">
+        <v>61</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>71</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>79</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>419</v>
+      </c>
+      <c r="M62" t="s">
+        <v>420</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>421</v>
+      </c>
+      <c r="P62" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>423</v>
+      </c>
+      <c r="B63" t="s">
+        <v>424</v>
+      </c>
+      <c r="C63" t="s">
+        <v>425</v>
+      </c>
+      <c r="D63" t="s">
+        <v>87</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>158</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>426</v>
+      </c>
+      <c r="M63" t="s">
+        <v>427</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>428</v>
+      </c>
+      <c r="P63" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>430</v>
+      </c>
+      <c r="B64" t="s">
+        <v>431</v>
+      </c>
+      <c r="C64" t="s">
+        <v>425</v>
+      </c>
+      <c r="D64" t="s">
+        <v>61</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>158</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>432</v>
+      </c>
+      <c r="M64" t="s">
+        <v>427</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>433</v>
+      </c>
+      <c r="P64" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>435</v>
+      </c>
+      <c r="B65" t="s">
+        <v>436</v>
+      </c>
+      <c r="C65" t="s">
+        <v>425</v>
+      </c>
+      <c r="D65" t="s">
+        <v>61</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65">
+        <v>2014</v>
+      </c>
+      <c r="J65" t="s">
+        <v>158</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>432</v>
+      </c>
+      <c r="M65" t="s">
+        <v>427</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>437</v>
+      </c>
+      <c r="P65" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>439</v>
+      </c>
+      <c r="B66" t="s">
+        <v>440</v>
+      </c>
+      <c r="C66" t="s">
+        <v>441</v>
+      </c>
+      <c r="D66" t="s">
+        <v>442</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1996</v>
+      </c>
+      <c r="I66">
+        <v>2017</v>
+      </c>
+      <c r="J66" t="s">
+        <v>79</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>443</v>
+      </c>
+      <c r="M66" t="s">
+        <v>444</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>445</v>
+      </c>
+      <c r="P66" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>447</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>441</v>
+      </c>
+      <c r="D67" t="s">
+        <v>124</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1996</v>
+      </c>
+      <c r="I67">
+        <v>2017</v>
+      </c>
+      <c r="J67" t="s">
+        <v>79</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>444</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>448</v>
+      </c>
+      <c r="P67" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>449</v>
+      </c>
+      <c r="B68" t="s">
+        <v>450</v>
+      </c>
+      <c r="C68" t="s">
+        <v>451</v>
+      </c>
+      <c r="D68" t="s">
+        <v>61</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>71</v>
+      </c>
+      <c r="H68">
+        <v>2022</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>452</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>453</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>454</v>
+      </c>
+      <c r="P68" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>456</v>
+      </c>
+      <c r="B69" t="s">
+        <v>457</v>
+      </c>
+      <c r="C69" t="s">
+        <v>451</v>
+      </c>
+      <c r="D69" t="s">
+        <v>61</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>148</v>
+      </c>
+      <c r="G69" t="s">
+        <v>71</v>
+      </c>
+      <c r="H69">
+        <v>2009</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>72</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>458</v>
+      </c>
+      <c r="M69" t="s">
+        <v>453</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>459</v>
+      </c>
+      <c r="P69" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>461</v>
+      </c>
+      <c r="B70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C70" t="s">
+        <v>463</v>
+      </c>
+      <c r="D70" t="s">
+        <v>61</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2004</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>63</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>126</v>
+      </c>
+      <c r="M70" t="s">
+        <v>464</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>465</v>
+      </c>
+      <c r="P70" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>461</v>
+      </c>
+      <c r="B71" t="s">
+        <v>467</v>
+      </c>
+      <c r="C71" t="s">
+        <v>463</v>
+      </c>
+      <c r="D71" t="s">
+        <v>468</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>148</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2004</v>
+      </c>
+      <c r="I71">
+        <v>2010</v>
+      </c>
+      <c r="J71" t="s">
+        <v>377</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>126</v>
+      </c>
+      <c r="M71" t="s">
+        <v>464</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>469</v>
+      </c>
+      <c r="P71" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>471</v>
+      </c>
+      <c r="B72" t="s">
+        <v>472</v>
+      </c>
+      <c r="C72" t="s">
+        <v>451</v>
+      </c>
+      <c r="D72" t="s">
+        <v>222</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H72">
+        <v>2022</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>452</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>453</v>
+      </c>
+      <c r="N72" t="s">
+        <v>36</v>
+      </c>
+      <c r="O72" t="s">
+        <v>473</v>
+      </c>
+      <c r="P72" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>474</v>
+      </c>
+      <c r="B73" t="s">
+        <v>475</v>
+      </c>
+      <c r="C73" t="s">
+        <v>476</v>
+      </c>
+      <c r="D73" t="s">
+        <v>477</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>148</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2020</v>
+      </c>
+      <c r="J73" t="s">
+        <v>44</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>478</v>
+      </c>
+      <c r="M73" t="s">
+        <v>479</v>
+      </c>
+      <c r="N73" t="s">
+        <v>36</v>
+      </c>
+      <c r="O73" t="s">
+        <v>480</v>
+      </c>
+      <c r="P73" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>482</v>
+      </c>
+      <c r="B74" t="s">
+        <v>483</v>
+      </c>
+      <c r="C74" t="s">
+        <v>236</v>
+      </c>
+      <c r="D74" t="s">
+        <v>484</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>71</v>
+      </c>
+      <c r="H74">
+        <v>2024</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>485</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>486</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>487</v>
+      </c>
+      <c r="P74" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>489</v>
+      </c>
+      <c r="B75" t="s">
+        <v>417</v>
+      </c>
+      <c r="C75" t="s">
+        <v>490</v>
+      </c>
+      <c r="D75" t="s">
+        <v>491</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>148</v>
+      </c>
+      <c r="G75" t="s">
+        <v>157</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>72</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>492</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>493</v>
+      </c>
+      <c r="P75" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>495</v>
+      </c>
+      <c r="B76" t="s">
+        <v>496</v>
+      </c>
+      <c r="C76" t="s">
+        <v>497</v>
+      </c>
+      <c r="D76" t="s">
+        <v>215</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>148</v>
+      </c>
+      <c r="G76" t="s">
+        <v>71</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>72</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>498</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>499</v>
+      </c>
+      <c r="P76" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>501</v>
+      </c>
+      <c r="B77" t="s">
+        <v>502</v>
+      </c>
+      <c r="C77" t="s">
+        <v>244</v>
+      </c>
+      <c r="D77" t="s">
+        <v>87</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
+      <c r="J77" t="s">
+        <v>371</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>245</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>503</v>
+      </c>
+      <c r="P77" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>505</v>
+      </c>
+      <c r="B78" t="s">
+        <v>506</v>
+      </c>
+      <c r="C78" t="s">
+        <v>236</v>
+      </c>
+      <c r="D78" t="s">
+        <v>484</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>71</v>
+      </c>
+      <c r="H78">
+        <v>2025</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>485</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>486</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>507</v>
+      </c>
+      <c r="P78" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>509</v>
+      </c>
+      <c r="B79" t="s">
+        <v>243</v>
+      </c>
+      <c r="C79" t="s">
+        <v>244</v>
+      </c>
+      <c r="D79" t="s">
+        <v>215</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2004</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>79</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>245</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>510</v>
+      </c>
+      <c r="P79" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>511</v>
+      </c>
+      <c r="B80" t="s">
+        <v>69</v>
+      </c>
+      <c r="C80" t="s">
+        <v>70</v>
+      </c>
+      <c r="D80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>71</v>
+      </c>
+      <c r="H80">
+        <v>2010</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>72</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>73</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>512</v>
+      </c>
+      <c r="P80" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>514</v>
+      </c>
+      <c r="B81" t="s">
+        <v>515</v>
+      </c>
+      <c r="C81" t="s">
+        <v>236</v>
+      </c>
+      <c r="D81" t="s">
+        <v>87</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>516</v>
+      </c>
+      <c r="H81">
+        <v>2018</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>341</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>517</v>
+      </c>
+      <c r="M81" t="s">
+        <v>486</v>
+      </c>
+      <c r="N81" t="s">
+        <v>36</v>
+      </c>
+      <c r="O81" t="s">
+        <v>518</v>
+      </c>
+      <c r="P81" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>519</v>
+      </c>
+      <c r="B82" t="s">
+        <v>520</v>
+      </c>
+      <c r="C82" t="s">
+        <v>78</v>
+      </c>
+      <c r="D82" t="s">
+        <v>87</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2002</v>
+      </c>
+      <c r="I82">
+        <v>2006</v>
+      </c>
+      <c r="J82" t="s">
+        <v>198</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>521</v>
+      </c>
+      <c r="M82" t="s">
+        <v>81</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>522</v>
+      </c>
+      <c r="P82" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>524</v>
+      </c>
+      <c r="B83" t="s">
+        <v>525</v>
+      </c>
+      <c r="C83" t="s">
+        <v>354</v>
+      </c>
+      <c r="D83" t="s">
+        <v>87</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2002</v>
+      </c>
+      <c r="I83">
+        <v>2016</v>
+      </c>
+      <c r="J83" t="s">
+        <v>63</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>357</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>526</v>
+      </c>
+      <c r="P83" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>528</v>
+      </c>
+      <c r="B84" t="s">
+        <v>529</v>
+      </c>
+      <c r="C84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D84" t="s">
+        <v>87</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>530</v>
+      </c>
+      <c r="G84" t="s">
+        <v>71</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>364</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>366</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>531</v>
+      </c>
+      <c r="P84" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>533</v>
+      </c>
+      <c r="B85" t="s">
+        <v>534</v>
+      </c>
+      <c r="C85" t="s">
+        <v>314</v>
+      </c>
+      <c r="D85" t="s">
+        <v>535</v>
+      </c>
+      <c r="E85" t="s">
+        <v>42</v>
+      </c>
+      <c r="F85" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" t="s">
+        <v>71</v>
+      </c>
+      <c r="H85">
+        <v>2012</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>198</v>
+      </c>
+      <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="N61" t="s">
-[...22 lines deleted...]
-      <c r="G62">
+      <c r="L85" t="s">
+        <v>536</v>
+      </c>
+      <c r="M85" t="s">
+        <v>537</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>538</v>
+      </c>
+      <c r="P85" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>540</v>
+      </c>
+      <c r="B86" t="s">
+        <v>541</v>
+      </c>
+      <c r="C86" t="s">
+        <v>376</v>
+      </c>
+      <c r="D86" t="s">
+        <v>61</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2007</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>377</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>542</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>543</v>
+      </c>
+      <c r="P86" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>545</v>
+      </c>
+      <c r="B87" t="s">
+        <v>546</v>
+      </c>
+      <c r="C87" t="s">
+        <v>376</v>
+      </c>
+      <c r="D87" t="s">
+        <v>87</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2017</v>
+      </c>
+      <c r="J87" t="s">
+        <v>377</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>547</v>
+      </c>
+      <c r="M87" t="s">
+        <v>542</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>548</v>
+      </c>
+      <c r="P87" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>550</v>
+      </c>
+      <c r="B88" t="s">
+        <v>551</v>
+      </c>
+      <c r="C88" t="s">
+        <v>306</v>
+      </c>
+      <c r="D88" t="s">
+        <v>124</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>71</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>44</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>308</v>
+      </c>
+      <c r="M88" t="s">
+        <v>309</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>552</v>
+      </c>
+      <c r="P88" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>554</v>
+      </c>
+      <c r="B89" t="s">
+        <v>555</v>
+      </c>
+      <c r="C89" t="s">
+        <v>556</v>
+      </c>
+      <c r="D89" t="s">
+        <v>61</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>71</v>
+      </c>
+      <c r="H89">
+        <v>2018</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>341</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>554</v>
+      </c>
+      <c r="M89" t="s">
+        <v>557</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>558</v>
+      </c>
+      <c r="P89" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>560</v>
+      </c>
+      <c r="B90" t="s">
+        <v>561</v>
+      </c>
+      <c r="C90" t="s">
+        <v>556</v>
+      </c>
+      <c r="D90" t="s">
+        <v>87</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>8</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90">
+        <v>2025</v>
+      </c>
+      <c r="J90" t="s">
+        <v>485</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>562</v>
+      </c>
+      <c r="M90" t="s">
+        <v>557</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>563</v>
+      </c>
+      <c r="P90" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>565</v>
+      </c>
+      <c r="B91" t="s">
+        <v>566</v>
+      </c>
+      <c r="C91" t="s">
+        <v>567</v>
+      </c>
+      <c r="D91" t="s">
+        <v>61</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>164</v>
+      </c>
+      <c r="G91" t="s">
+        <v>71</v>
+      </c>
+      <c r="H91">
         <v>2014</v>
       </c>
-      <c r="H62"/>
-[...38 lines deleted...]
-      <c r="G63">
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>568</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>569</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>570</v>
+      </c>
+      <c r="P91" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>572</v>
+      </c>
+      <c r="B92" t="s">
+        <v>573</v>
+      </c>
+      <c r="C92" t="s">
+        <v>574</v>
+      </c>
+      <c r="D92" t="s">
+        <v>87</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>71</v>
+      </c>
+      <c r="H92">
+        <v>2010</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>79</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>575</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>576</v>
+      </c>
+      <c r="P92" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>578</v>
+      </c>
+      <c r="B93" t="s">
+        <v>579</v>
+      </c>
+      <c r="C93" t="s">
+        <v>574</v>
+      </c>
+      <c r="D93" t="s">
+        <v>580</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>71</v>
+      </c>
+      <c r="H93">
+        <v>2011</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>44</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>581</v>
+      </c>
+      <c r="M93" t="s">
+        <v>575</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>582</v>
+      </c>
+      <c r="P93" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>584</v>
+      </c>
+      <c r="B94" t="s">
+        <v>585</v>
+      </c>
+      <c r="C94" t="s">
+        <v>574</v>
+      </c>
+      <c r="D94" t="s">
+        <v>61</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>71</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>79</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>586</v>
+      </c>
+      <c r="M94" t="s">
+        <v>575</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>587</v>
+      </c>
+      <c r="P94" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>589</v>
+      </c>
+      <c r="B95" t="s">
+        <v>590</v>
+      </c>
+      <c r="C95" t="s">
+        <v>221</v>
+      </c>
+      <c r="D95" t="s">
+        <v>222</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>148</v>
+      </c>
+      <c r="G95" t="s">
+        <v>71</v>
+      </c>
+      <c r="H95">
+        <v>2014</v>
+      </c>
+      <c r="I95">
+        <v>2024</v>
+      </c>
+      <c r="J95" t="s">
+        <v>591</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>592</v>
+      </c>
+      <c r="M95" t="s">
+        <v>224</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>593</v>
+      </c>
+      <c r="P95" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>595</v>
+      </c>
+      <c r="B96" t="s">
+        <v>596</v>
+      </c>
+      <c r="C96" t="s">
+        <v>597</v>
+      </c>
+      <c r="D96" t="s">
+        <v>61</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>71</v>
+      </c>
+      <c r="H96">
         <v>2013</v>
       </c>
-      <c r="H63">
-[...517 lines deleted...]
-      <c r="L75" t="s">
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>256</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>598</v>
+      </c>
+      <c r="M96" t="s">
+        <v>599</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>600</v>
+      </c>
+      <c r="P96" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>602</v>
+      </c>
+      <c r="B97" t="s">
+        <v>603</v>
+      </c>
+      <c r="C97" t="s">
+        <v>376</v>
+      </c>
+      <c r="D97" t="s">
+        <v>87</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>164</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>1995</v>
+      </c>
+      <c r="I97">
+        <v>2019</v>
+      </c>
+      <c r="J97" t="s">
+        <v>377</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>604</v>
+      </c>
+      <c r="M97" t="s">
+        <v>605</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>606</v>
+      </c>
+      <c r="P97" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>608</v>
+      </c>
+      <c r="B98" t="s">
+        <v>609</v>
+      </c>
+      <c r="C98" t="s">
+        <v>376</v>
+      </c>
+      <c r="D98" t="s">
+        <v>61</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>164</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1993</v>
+      </c>
+      <c r="I98">
+        <v>2016</v>
+      </c>
+      <c r="J98" t="s">
+        <v>377</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>610</v>
+      </c>
+      <c r="M98" t="s">
+        <v>605</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>611</v>
+      </c>
+      <c r="P98" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>612</v>
+      </c>
+      <c r="B99" t="s">
+        <v>613</v>
+      </c>
+      <c r="C99" t="s">
+        <v>614</v>
+      </c>
+      <c r="D99" t="s">
+        <v>222</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>43</v>
+      </c>
+      <c r="G99" t="s">
+        <v>71</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>377</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>615</v>
+      </c>
+      <c r="M99" t="s">
+        <v>616</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>617</v>
+      </c>
+      <c r="P99" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>619</v>
+      </c>
+      <c r="B100" t="s">
+        <v>620</v>
+      </c>
+      <c r="C100" t="s">
         <v>354</v>
       </c>
-      <c r="M75" t="s">
-[...404 lines deleted...]
-      <c r="J85" t="s">
+      <c r="D100" t="s">
+        <v>215</v>
+      </c>
+      <c r="E100" t="s">
+        <v>42</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...626 lines deleted...]
-        <v>2011</v>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
         <v>2011</v>
       </c>
-      <c r="I100" t="s">
+      <c r="I100">
+        <v>2011</v>
+      </c>
+      <c r="J100" t="s">
+        <v>198</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>621</v>
+      </c>
+      <c r="M100" t="s">
+        <v>357</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>622</v>
+      </c>
+      <c r="P100" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>624</v>
+      </c>
+      <c r="B101" t="s">
+        <v>625</v>
+      </c>
+      <c r="C101" t="s">
+        <v>418</v>
+      </c>
+      <c r="D101" t="s">
+        <v>61</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>43</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2005</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>44</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>626</v>
+      </c>
+      <c r="M101" t="s">
+        <v>420</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>627</v>
+      </c>
+      <c r="P101" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>629</v>
+      </c>
+      <c r="B102" t="s">
+        <v>630</v>
+      </c>
+      <c r="C102" t="s">
+        <v>631</v>
+      </c>
+      <c r="D102" t="s">
+        <v>632</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>148</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2017</v>
+      </c>
+      <c r="I102">
+        <v>2021</v>
+      </c>
+      <c r="J102" t="s">
+        <v>223</v>
+      </c>
+      <c r="K102" t="s">
+        <v>633</v>
+      </c>
+      <c r="L102" t="s">
+        <v>634</v>
+      </c>
+      <c r="M102" t="s">
+        <v>635</v>
+      </c>
+      <c r="N102" t="s">
+        <v>36</v>
+      </c>
+      <c r="O102" t="s">
+        <v>636</v>
+      </c>
+      <c r="P102" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>638</v>
+      </c>
+      <c r="B103" t="s">
+        <v>639</v>
+      </c>
+      <c r="C103" t="s">
+        <v>640</v>
+      </c>
+      <c r="D103" t="s">
         <v>147</v>
       </c>
-      <c r="J100" t="s">
-[...8 lines deleted...]
-      <c r="M100" t="s">
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>148</v>
+      </c>
+      <c r="G103" t="s">
+        <v>157</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>371</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>149</v>
+      </c>
+      <c r="M103" t="s">
+        <v>641</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>642</v>
+      </c>
+      <c r="P103" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>644</v>
+      </c>
+      <c r="B104" t="s">
+        <v>645</v>
+      </c>
+      <c r="C104" t="s">
+        <v>354</v>
+      </c>
+      <c r="D104" t="s">
+        <v>87</v>
+      </c>
+      <c r="E104" t="s">
+        <v>42</v>
+      </c>
+      <c r="F104" t="s">
+        <v>43</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2012</v>
+      </c>
+      <c r="I104">
+        <v>2015</v>
+      </c>
+      <c r="J104" t="s">
+        <v>198</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>357</v>
+      </c>
+      <c r="N104" t="s">
+        <v>36</v>
+      </c>
+      <c r="O104" t="s">
+        <v>646</v>
+      </c>
+      <c r="P104" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>648</v>
+      </c>
+      <c r="B105" t="s">
+        <v>649</v>
+      </c>
+      <c r="C105" t="s">
+        <v>650</v>
+      </c>
+      <c r="D105" t="s">
+        <v>651</v>
+      </c>
+      <c r="E105" t="s">
+        <v>42</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105">
+        <v>2018</v>
+      </c>
+      <c r="J105" t="s">
+        <v>390</v>
+      </c>
+      <c r="K105" t="s">
         <v>24</v>
       </c>
-      <c r="N100" t="s">
-[...25 lines deleted...]
-      <c r="H101">
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>652</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>653</v>
+      </c>
+      <c r="P105" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>655</v>
+      </c>
+      <c r="B106" t="s">
+        <v>656</v>
+      </c>
+      <c r="C106" t="s">
+        <v>614</v>
+      </c>
+      <c r="D106" t="s">
+        <v>61</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>148</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2013</v>
       </c>
-      <c r="I101" t="s">
-[...124 lines deleted...]
-      <c r="H104">
+      <c r="I106">
         <v>2015</v>
       </c>
-      <c r="I104" t="s">
-[...77 lines deleted...]
-      <c r="G106">
+      <c r="J106" t="s">
+        <v>256</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>657</v>
+      </c>
+      <c r="M106" t="s">
+        <v>616</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>658</v>
+      </c>
+      <c r="P106" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>660</v>
+      </c>
+      <c r="B107" t="s">
+        <v>661</v>
+      </c>
+      <c r="C107" t="s">
+        <v>662</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>43</v>
+      </c>
+      <c r="G107" t="s">
+        <v>71</v>
+      </c>
+      <c r="H107">
+        <v>2007</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>377</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>663</v>
+      </c>
+      <c r="M107" t="s">
+        <v>664</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>665</v>
+      </c>
+      <c r="P107" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>667</v>
+      </c>
+      <c r="B108" t="s">
+        <v>668</v>
+      </c>
+      <c r="C108" t="s">
+        <v>669</v>
+      </c>
+      <c r="D108" t="s">
+        <v>61</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>148</v>
+      </c>
+      <c r="G108" t="s">
+        <v>71</v>
+      </c>
+      <c r="H108">
+        <v>2019</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>72</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>670</v>
+      </c>
+      <c r="M108" t="s">
+        <v>671</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>672</v>
+      </c>
+      <c r="P108" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>674</v>
+      </c>
+      <c r="B109" t="s">
+        <v>675</v>
+      </c>
+      <c r="C109" t="s">
+        <v>676</v>
+      </c>
+      <c r="D109" t="s">
+        <v>677</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>71</v>
+      </c>
+      <c r="H109">
+        <v>2014</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>568</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>678</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>679</v>
+      </c>
+      <c r="P109" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>681</v>
+      </c>
+      <c r="B110" t="s">
+        <v>682</v>
+      </c>
+      <c r="C110" t="s">
+        <v>676</v>
+      </c>
+      <c r="D110" t="s">
+        <v>683</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2008</v>
+      </c>
+      <c r="I110">
         <v>2013</v>
       </c>
-      <c r="H106">
-[...172 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>25</v>
+      </c>
+      <c r="M110" t="s">
+        <v>678</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>684</v>
+      </c>
+      <c r="P110" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>686</v>
+      </c>
+      <c r="B111" t="s">
+        <v>687</v>
+      </c>
+      <c r="C111" t="s">
+        <v>354</v>
+      </c>
+      <c r="D111" t="s">
+        <v>61</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>43</v>
+      </c>
+      <c r="G111" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H111">
         <v>2010</v>
       </c>
-      <c r="I111" t="s">
+      <c r="I111">
+        <v>2010</v>
+      </c>
+      <c r="J111" t="s">
+        <v>198</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>688</v>
+      </c>
+      <c r="M111" t="s">
+        <v>357</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>689</v>
+      </c>
+      <c r="P111" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>691</v>
+      </c>
+      <c r="B112" t="s">
+        <v>417</v>
+      </c>
+      <c r="C112" t="s">
+        <v>692</v>
+      </c>
+      <c r="D112" t="s">
+        <v>61</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>43</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112">
+        <v>2019</v>
+      </c>
+      <c r="J112" t="s">
+        <v>72</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>693</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>694</v>
+      </c>
+      <c r="P112" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>696</v>
+      </c>
+      <c r="B113" t="s">
+        <v>417</v>
+      </c>
+      <c r="C113" t="s">
+        <v>692</v>
+      </c>
+      <c r="D113" t="s">
+        <v>61</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>71</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>72</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>693</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>697</v>
+      </c>
+      <c r="P113" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>698</v>
+      </c>
+      <c r="B114" t="s">
+        <v>699</v>
+      </c>
+      <c r="C114" t="s">
+        <v>700</v>
+      </c>
+      <c r="D114" t="s">
+        <v>61</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>148</v>
+      </c>
+      <c r="G114" t="s">
+        <v>71</v>
+      </c>
+      <c r="H114">
+        <v>2019</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>72</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>701</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>702</v>
+      </c>
+      <c r="P114" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>704</v>
+      </c>
+      <c r="B115" t="s">
+        <v>705</v>
+      </c>
+      <c r="C115" t="s">
+        <v>700</v>
+      </c>
+      <c r="D115" t="s">
+        <v>706</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>148</v>
+      </c>
+      <c r="G115" t="s">
+        <v>71</v>
+      </c>
+      <c r="H115">
+        <v>2019</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>72</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>701</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>707</v>
+      </c>
+      <c r="P115" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>709</v>
+      </c>
+      <c r="B116" t="s">
+        <v>710</v>
+      </c>
+      <c r="C116" t="s">
+        <v>700</v>
+      </c>
+      <c r="D116" t="s">
+        <v>87</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>148</v>
+      </c>
+      <c r="G116" t="s">
+        <v>71</v>
+      </c>
+      <c r="H116">
+        <v>2019</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>72</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>701</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>711</v>
+      </c>
+      <c r="P116" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>713</v>
+      </c>
+      <c r="B117" t="s">
+        <v>714</v>
+      </c>
+      <c r="C117" t="s">
+        <v>715</v>
+      </c>
+      <c r="D117" t="s">
+        <v>716</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>43</v>
+      </c>
+      <c r="G117" t="s">
+        <v>71</v>
+      </c>
+      <c r="H117">
+        <v>2018</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>44</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>717</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>718</v>
+      </c>
+      <c r="P117" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>720</v>
+      </c>
+      <c r="B118" t="s">
+        <v>721</v>
+      </c>
+      <c r="C118" t="s">
+        <v>722</v>
+      </c>
+      <c r="D118" t="s">
+        <v>61</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>148</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2007</v>
+      </c>
+      <c r="I118">
+        <v>2018</v>
+      </c>
+      <c r="J118" t="s">
+        <v>79</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>723</v>
+      </c>
+      <c r="M118" t="s">
+        <v>724</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>725</v>
+      </c>
+      <c r="P118" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>727</v>
+      </c>
+      <c r="B119" t="s">
+        <v>728</v>
+      </c>
+      <c r="C119" t="s">
+        <v>722</v>
+      </c>
+      <c r="D119" t="s">
+        <v>87</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>71</v>
+      </c>
+      <c r="H119">
+        <v>2016</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>371</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>729</v>
+      </c>
+      <c r="M119" t="s">
+        <v>724</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>730</v>
+      </c>
+      <c r="P119" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>732</v>
+      </c>
+      <c r="B120" t="s">
+        <v>733</v>
+      </c>
+      <c r="C120" t="s">
+        <v>214</v>
+      </c>
+      <c r="D120" t="s">
+        <v>215</v>
+      </c>
+      <c r="E120" t="s">
+        <v>42</v>
+      </c>
+      <c r="F120" t="s">
+        <v>148</v>
+      </c>
+      <c r="G120" t="s">
+        <v>71</v>
+      </c>
+      <c r="H120">
+        <v>2020</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>63</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>734</v>
+      </c>
+      <c r="M120" t="s">
+        <v>217</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>735</v>
+      </c>
+      <c r="P120" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>737</v>
+      </c>
+      <c r="B121" t="s">
+        <v>738</v>
+      </c>
+      <c r="C121" t="s">
+        <v>214</v>
+      </c>
+      <c r="D121" t="s">
+        <v>87</v>
+      </c>
+      <c r="E121" t="s">
+        <v>42</v>
+      </c>
+      <c r="F121" t="s">
+        <v>148</v>
+      </c>
+      <c r="G121" t="s">
+        <v>71</v>
+      </c>
+      <c r="H121">
+        <v>2010</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>63</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>739</v>
+      </c>
+      <c r="M121" t="s">
+        <v>217</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>740</v>
+      </c>
+      <c r="P121" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>742</v>
+      </c>
+      <c r="B122" t="s">
+        <v>743</v>
+      </c>
+      <c r="C122" t="s">
+        <v>556</v>
+      </c>
+      <c r="D122" t="s">
+        <v>61</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>164</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2000</v>
+      </c>
+      <c r="I122">
+        <v>2020</v>
+      </c>
+      <c r="J122" t="s">
+        <v>377</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>554</v>
+      </c>
+      <c r="M122" t="s">
+        <v>744</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>745</v>
+      </c>
+      <c r="P122" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>747</v>
+      </c>
+      <c r="B123" t="s">
+        <v>748</v>
+      </c>
+      <c r="C123" t="s">
+        <v>556</v>
+      </c>
+      <c r="D123" t="s">
+        <v>87</v>
+      </c>
+      <c r="E123" t="s">
+        <v>42</v>
+      </c>
+      <c r="F123" t="s">
+        <v>164</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1994</v>
+      </c>
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>377</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>749</v>
+      </c>
+      <c r="M123" t="s">
+        <v>744</v>
+      </c>
+      <c r="N123" t="s">
+        <v>36</v>
+      </c>
+      <c r="O123" t="s">
+        <v>750</v>
+      </c>
+      <c r="P123" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>752</v>
+      </c>
+      <c r="B124" t="s">
+        <v>753</v>
+      </c>
+      <c r="C124" t="s">
+        <v>556</v>
+      </c>
+      <c r="D124" t="s">
+        <v>580</v>
+      </c>
+      <c r="E124" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" t="s">
+        <v>164</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2001</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
+      <c r="J124" t="s">
+        <v>377</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>754</v>
+      </c>
+      <c r="M124" t="s">
+        <v>744</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>755</v>
+      </c>
+      <c r="P124" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>757</v>
+      </c>
+      <c r="B125" t="s">
+        <v>758</v>
+      </c>
+      <c r="C125" t="s">
+        <v>556</v>
+      </c>
+      <c r="D125" t="s">
+        <v>87</v>
+      </c>
+      <c r="E125" t="s">
+        <v>42</v>
+      </c>
+      <c r="F125" t="s">
+        <v>164</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>1994</v>
+      </c>
+      <c r="I125">
+        <v>2012</v>
+      </c>
+      <c r="J125" t="s">
+        <v>371</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>759</v>
+      </c>
+      <c r="M125" t="s">
+        <v>760</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>761</v>
+      </c>
+      <c r="P125" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>763</v>
+      </c>
+      <c r="B126" t="s">
+        <v>764</v>
+      </c>
+      <c r="C126" t="s">
+        <v>556</v>
+      </c>
+      <c r="D126" t="s">
+        <v>87</v>
+      </c>
+      <c r="E126" t="s">
+        <v>42</v>
+      </c>
+      <c r="F126" t="s">
+        <v>164</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2009</v>
+      </c>
+      <c r="I126">
+        <v>2012</v>
+      </c>
+      <c r="J126" t="s">
+        <v>377</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>765</v>
+      </c>
+      <c r="M126" t="s">
+        <v>744</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>766</v>
+      </c>
+      <c r="P126" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>768</v>
+      </c>
+      <c r="B127" t="s">
+        <v>769</v>
+      </c>
+      <c r="C127" t="s">
+        <v>770</v>
+      </c>
+      <c r="D127" t="s">
+        <v>61</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>71</v>
+      </c>
+      <c r="H127">
+        <v>2016</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>79</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>771</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>772</v>
+      </c>
+      <c r="P127" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>774</v>
+      </c>
+      <c r="B128" t="s">
+        <v>775</v>
+      </c>
+      <c r="C128" t="s">
+        <v>556</v>
+      </c>
+      <c r="D128" t="s">
+        <v>61</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>148</v>
+      </c>
+      <c r="G128" t="s">
+        <v>71</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>377</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>776</v>
+      </c>
+      <c r="M128" t="s">
+        <v>557</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>777</v>
+      </c>
+      <c r="P128" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>779</v>
+      </c>
+      <c r="B129" t="s">
+        <v>780</v>
+      </c>
+      <c r="C129" t="s">
+        <v>556</v>
+      </c>
+      <c r="D129" t="s">
+        <v>87</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>781</v>
+      </c>
+      <c r="H129">
+        <v>2010</v>
+      </c>
+      <c r="I129">
+        <v>2016</v>
+      </c>
+      <c r="J129" t="s">
+        <v>341</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>782</v>
+      </c>
+      <c r="M129" t="s">
+        <v>557</v>
+      </c>
+      <c r="N129" t="s">
+        <v>36</v>
+      </c>
+      <c r="O129" t="s">
+        <v>783</v>
+      </c>
+      <c r="P129" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>785</v>
+      </c>
+      <c r="B130" t="s">
+        <v>786</v>
+      </c>
+      <c r="C130" t="s">
+        <v>556</v>
+      </c>
+      <c r="D130" t="s">
+        <v>580</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>148</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2008</v>
+      </c>
+      <c r="I130">
+        <v>2014</v>
+      </c>
+      <c r="J130" t="s">
+        <v>341</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>787</v>
+      </c>
+      <c r="M130" t="s">
+        <v>557</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>788</v>
+      </c>
+      <c r="P130" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>790</v>
+      </c>
+      <c r="B131" t="s">
+        <v>791</v>
+      </c>
+      <c r="C131" t="s">
+        <v>792</v>
+      </c>
+      <c r="D131" t="s">
+        <v>793</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>71</v>
+      </c>
+      <c r="H131">
+        <v>2016</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>63</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>794</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>795</v>
+      </c>
+      <c r="P131" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>797</v>
+      </c>
+      <c r="B132" t="s">
+        <v>798</v>
+      </c>
+      <c r="C132" t="s">
+        <v>792</v>
+      </c>
+      <c r="D132" t="s">
+        <v>799</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>43</v>
+      </c>
+      <c r="G132" t="s">
+        <v>71</v>
+      </c>
+      <c r="H132">
+        <v>2017</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>63</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>794</v>
+      </c>
+      <c r="N132" t="s">
+        <v>36</v>
+      </c>
+      <c r="O132" t="s">
+        <v>800</v>
+      </c>
+      <c r="P132" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>802</v>
+      </c>
+      <c r="B133" t="s">
+        <v>803</v>
+      </c>
+      <c r="C133" t="s">
+        <v>181</v>
+      </c>
+      <c r="D133" t="s">
+        <v>87</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2005</v>
+      </c>
+      <c r="I133">
+        <v>2015</v>
+      </c>
+      <c r="J133" t="s">
+        <v>184</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>804</v>
+      </c>
+      <c r="M133" t="s">
+        <v>185</v>
+      </c>
+      <c r="N133" t="s">
+        <v>36</v>
+      </c>
+      <c r="O133" t="s">
+        <v>805</v>
+      </c>
+      <c r="P133" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>807</v>
+      </c>
+      <c r="B134" t="s">
+        <v>808</v>
+      </c>
+      <c r="C134" t="s">
+        <v>181</v>
+      </c>
+      <c r="D134" t="s">
+        <v>61</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2007</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>184</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>809</v>
+      </c>
+      <c r="M134" t="s">
+        <v>185</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>810</v>
+      </c>
+      <c r="P134" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>812</v>
+      </c>
+      <c r="B135" t="s">
+        <v>813</v>
+      </c>
+      <c r="C135" t="s">
+        <v>814</v>
+      </c>
+      <c r="D135" t="s">
+        <v>815</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>43</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135">
+        <v>2016</v>
+      </c>
+      <c r="J135" t="s">
+        <v>33</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>816</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>817</v>
+      </c>
+      <c r="P135" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>819</v>
+      </c>
+      <c r="B136" t="s">
+        <v>820</v>
+      </c>
+      <c r="C136" t="s">
+        <v>362</v>
+      </c>
+      <c r="D136" t="s">
+        <v>87</v>
+      </c>
+      <c r="E136" t="s">
+        <v>42</v>
+      </c>
+      <c r="F136" t="s">
+        <v>164</v>
+      </c>
+      <c r="G136" t="s">
+        <v>71</v>
+      </c>
+      <c r="H136">
+        <v>1998</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>821</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>822</v>
+      </c>
+      <c r="M136" t="s">
+        <v>823</v>
+      </c>
+      <c r="N136" t="s">
+        <v>36</v>
+      </c>
+      <c r="O136" t="s">
+        <v>824</v>
+      </c>
+      <c r="P136" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>826</v>
+      </c>
+      <c r="B137" t="s">
+        <v>827</v>
+      </c>
+      <c r="C137" t="s">
+        <v>123</v>
+      </c>
+      <c r="D137" t="s">
+        <v>124</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>71</v>
+      </c>
+      <c r="H137">
+        <v>2021</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>125</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137"/>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>828</v>
+      </c>
+      <c r="P137" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>830</v>
+      </c>
+      <c r="B138" t="s">
+        <v>831</v>
+      </c>
+      <c r="C138" t="s">
+        <v>832</v>
+      </c>
+      <c r="D138" t="s">
+        <v>833</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>148</v>
+      </c>
+      <c r="G138" t="s">
+        <v>71</v>
+      </c>
+      <c r="H138">
+        <v>2016</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>834</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>835</v>
+      </c>
+      <c r="N138" t="s">
+        <v>36</v>
+      </c>
+      <c r="O138" t="s">
+        <v>836</v>
+      </c>
+      <c r="P138" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>838</v>
+      </c>
+      <c r="B139" t="s">
+        <v>839</v>
+      </c>
+      <c r="C139" t="s">
+        <v>362</v>
+      </c>
+      <c r="D139" t="s">
+        <v>363</v>
+      </c>
+      <c r="E139" t="s">
+        <v>42</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>71</v>
+      </c>
+      <c r="H139">
+        <v>2007</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>364</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>840</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>841</v>
+      </c>
+      <c r="P139" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>843</v>
+      </c>
+      <c r="B140" t="s">
+        <v>844</v>
+      </c>
+      <c r="C140" t="s">
+        <v>845</v>
+      </c>
+      <c r="D140" t="s">
+        <v>61</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>148</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2007</v>
+      </c>
+      <c r="I140">
+        <v>2012</v>
+      </c>
+      <c r="J140" t="s">
+        <v>79</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140" t="s">
+        <v>846</v>
+      </c>
+      <c r="M140" t="s">
+        <v>847</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>848</v>
+      </c>
+      <c r="P140" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>850</v>
+      </c>
+      <c r="B141" t="s">
+        <v>851</v>
+      </c>
+      <c r="C141" t="s">
+        <v>852</v>
+      </c>
+      <c r="D141" t="s">
+        <v>61</v>
+      </c>
+      <c r="E141" t="s">
+        <v>42</v>
+      </c>
+      <c r="F141" t="s">
+        <v>43</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2002</v>
+      </c>
+      <c r="I141">
+        <v>2021</v>
+      </c>
+      <c r="J141" t="s">
+        <v>341</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>853</v>
+      </c>
+      <c r="M141" t="s">
+        <v>854</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>855</v>
+      </c>
+      <c r="P141" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>857</v>
+      </c>
+      <c r="B142" t="s">
+        <v>858</v>
+      </c>
+      <c r="C142" t="s">
+        <v>852</v>
+      </c>
+      <c r="D142" t="s">
+        <v>61</v>
+      </c>
+      <c r="E142" t="s">
+        <v>42</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142">
+        <v>2021</v>
+      </c>
+      <c r="J142" t="s">
+        <v>341</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>859</v>
+      </c>
+      <c r="M142" t="s">
+        <v>854</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>860</v>
+      </c>
+      <c r="P142" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>862</v>
+      </c>
+      <c r="B143" t="s">
+        <v>863</v>
+      </c>
+      <c r="C143" t="s">
+        <v>864</v>
+      </c>
+      <c r="D143" t="s">
         <v>147</v>
       </c>
-      <c r="J111" t="s">
-[...28 lines deleted...]
-      <c r="E112" t="s">
+      <c r="E143" t="s">
+        <v>42</v>
+      </c>
+      <c r="F143" t="s">
+        <v>148</v>
+      </c>
+      <c r="G143" t="s">
+        <v>71</v>
+      </c>
+      <c r="H143">
+        <v>2016</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>256</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>149</v>
+      </c>
+      <c r="M143" t="s">
+        <v>865</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>866</v>
+      </c>
+      <c r="P143" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>868</v>
+      </c>
+      <c r="B144" t="s">
+        <v>869</v>
+      </c>
+      <c r="C144" t="s">
+        <v>870</v>
+      </c>
+      <c r="D144" t="s">
+        <v>61</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>148</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144">
+        <v>2020</v>
+      </c>
+      <c r="J144" t="s">
+        <v>158</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>871</v>
+      </c>
+      <c r="M144" t="s">
+        <v>872</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>873</v>
+      </c>
+      <c r="P144" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>875</v>
+      </c>
+      <c r="B145" t="s">
+        <v>876</v>
+      </c>
+      <c r="C145" t="s">
+        <v>877</v>
+      </c>
+      <c r="D145" t="s">
+        <v>61</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>71</v>
+      </c>
+      <c r="H145">
+        <v>2011</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>72</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>878</v>
+      </c>
+      <c r="M145" t="s">
+        <v>879</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>880</v>
+      </c>
+      <c r="P145" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>882</v>
+      </c>
+      <c r="B146" t="s">
+        <v>883</v>
+      </c>
+      <c r="C146" t="s">
+        <v>877</v>
+      </c>
+      <c r="D146" t="s">
+        <v>61</v>
+      </c>
+      <c r="E146" t="s">
+        <v>42</v>
+      </c>
+      <c r="F146" t="s">
+        <v>43</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2008</v>
+      </c>
+      <c r="I146">
+        <v>2011</v>
+      </c>
+      <c r="J146" t="s">
+        <v>63</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>884</v>
+      </c>
+      <c r="M146" t="s">
+        <v>879</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>885</v>
+      </c>
+      <c r="P146" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>887</v>
+      </c>
+      <c r="B147" t="s">
+        <v>888</v>
+      </c>
+      <c r="C147" t="s">
+        <v>889</v>
+      </c>
+      <c r="D147" t="s">
+        <v>87</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>71</v>
+      </c>
+      <c r="H147">
+        <v>2011</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>44</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>890</v>
+      </c>
+      <c r="N147" t="s">
         <v>36</v>
       </c>
-      <c r="F112" t="s">
-[...198 lines deleted...]
-      <c r="E117" t="s">
+      <c r="O147" t="s">
+        <v>891</v>
+      </c>
+      <c r="P147" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>893</v>
+      </c>
+      <c r="B148" t="s">
+        <v>894</v>
+      </c>
+      <c r="C148" t="s">
+        <v>889</v>
+      </c>
+      <c r="D148" t="s">
+        <v>61</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>148</v>
+      </c>
+      <c r="G148" t="s">
+        <v>71</v>
+      </c>
+      <c r="H148">
+        <v>2011</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>44</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>895</v>
+      </c>
+      <c r="M148" t="s">
+        <v>890</v>
+      </c>
+      <c r="N148" t="s">
         <v>36</v>
       </c>
-      <c r="F117" t="s">
-[...259 lines deleted...]
-      <c r="H123">
+      <c r="O148" t="s">
+        <v>896</v>
+      </c>
+      <c r="P148" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>898</v>
+      </c>
+      <c r="B149" t="s">
+        <v>899</v>
+      </c>
+      <c r="C149" t="s">
+        <v>900</v>
+      </c>
+      <c r="D149" t="s">
+        <v>901</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>148</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
         <v>2012</v>
       </c>
-      <c r="I123" t="s">
-[...298 lines deleted...]
-      <c r="H130">
+      <c r="I149">
         <v>2014</v>
       </c>
-      <c r="I130" t="s">
-[...803 lines deleted...]
-      </c>
       <c r="J149" t="s">
-        <v>29</v>
+        <v>377</v>
       </c>
       <c r="K149" t="s">
-        <v>621</v>
+        <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>622</v>
+        <v>902</v>
       </c>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>903</v>
       </c>
       <c r="N149" t="s">
-        <v>623</v>
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>904</v>
+      </c>
+      <c r="P149" t="s">
+        <v>905</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>