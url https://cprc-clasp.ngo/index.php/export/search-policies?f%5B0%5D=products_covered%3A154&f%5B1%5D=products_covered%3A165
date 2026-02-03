--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -323,93 +323,93 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -1411,145 +1411,145 @@
       </c>
       <c r="P10" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>99</v>
       </c>
       <c r="B11" t="s">
         <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>101</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N11" t="s">
         <v>46</v>
       </c>
       <c r="O11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>94</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
       <c r="H12">
         <v>2002</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>54</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N12" t="s">
         <v>46</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="H13">
         <v>1997</v>
       </c>
       <c r="I13">
         <v>2005</v>
       </c>
       <c r="J13" t="s">
         <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>115</v>
       </c>
       <c r="P13" t="s">
         <v>116</v>