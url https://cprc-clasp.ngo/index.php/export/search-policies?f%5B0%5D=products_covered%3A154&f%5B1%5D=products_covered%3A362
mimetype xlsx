--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,707 +12,923 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -976,1701 +1192,1928 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>92</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>94</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>48</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>53</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...36 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L14" t="s">
+        <v>124</v>
+      </c>
+      <c r="M14" t="s">
+        <v>125</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>74</v>
+      </c>
+      <c r="E15" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>131</v>
+      </c>
+      <c r="K15" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
-[...15 lines deleted...]
-      <c r="I5" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>132</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>53</v>
+      </c>
+      <c r="F16" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>114</v>
+      </c>
+      <c r="K16" t="s">
         <v>46</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
         <v>48</v>
       </c>
-      <c r="L5" t="s">
-[...184 lines deleted...]
-      <c r="E10" t="s">
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
         <v>74</v>
       </c>
-      <c r="F10" t="s">
-[...143 lines deleted...]
-      <c r="L13" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>92</v>
       </c>
-      <c r="M13" t="s">
-[...148 lines deleted...]
-        <v>2012</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>103</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="K17" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>113</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1992</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>84</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>156</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>157</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1981</v>
+      </c>
+      <c r="I20">
+        <v>2002</v>
+      </c>
+      <c r="J20" t="s">
+        <v>164</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>165</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" t="s">
+        <v>169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>93</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>93</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>93</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>93</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>170</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1997</v>
+      </c>
+      <c r="I25">
+        <v>2005</v>
+      </c>
+      <c r="J25" t="s">
+        <v>76</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>183</v>
+      </c>
+      <c r="N25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>8</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2025</v>
+      </c>
+      <c r="J26" t="s">
+        <v>188</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>76</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>194</v>
+      </c>
+      <c r="N27" t="s">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>82</v>
+      </c>
+      <c r="D28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>92</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>85</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>206</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>213</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>215</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>216</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>219</v>
+      </c>
+      <c r="B31" t="s">
+        <v>220</v>
+      </c>
+      <c r="C31" t="s">
+        <v>73</v>
+      </c>
+      <c r="D31" t="s">
+        <v>74</v>
+      </c>
+      <c r="E31" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1999</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>206</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" t="s">
+        <v>222</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>73</v>
+      </c>
+      <c r="D32" t="s">
+        <v>74</v>
+      </c>
+      <c r="E32" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>206</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>227</v>
+      </c>
+      <c r="M32" t="s">
+        <v>222</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>230</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" t="s">
+        <v>232</v>
+      </c>
+      <c r="D33" t="s">
+        <v>233</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>234</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>239</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34" t="s">
+        <v>240</v>
+      </c>
+      <c r="M34" t="s">
+        <v>241</v>
+      </c>
+      <c r="N34" t="s">
+        <v>48</v>
+      </c>
+      <c r="O34" t="s">
+        <v>242</v>
+      </c>
+      <c r="P34" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>244</v>
+      </c>
+      <c r="B35" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" t="s">
+        <v>246</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>45</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>58</v>
+      </c>
+      <c r="N35" t="s">
+        <v>48</v>
+      </c>
+      <c r="O35" t="s">
+        <v>247</v>
+      </c>
+      <c r="P35" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>249</v>
+      </c>
+      <c r="B36" t="s">
+        <v>250</v>
+      </c>
+      <c r="C36" t="s">
+        <v>251</v>
+      </c>
+      <c r="D36" t="s">
+        <v>252</v>
+      </c>
+      <c r="E36" t="s">
+        <v>53</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>84</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>253</v>
+      </c>
+      <c r="M36" t="s">
+        <v>254</v>
+      </c>
+      <c r="N36" t="s">
+        <v>48</v>
+      </c>
+      <c r="O36" t="s">
+        <v>255</v>
+      </c>
+      <c r="P36" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>257</v>
+      </c>
+      <c r="B37" t="s">
+        <v>258</v>
+      </c>
+      <c r="C37" t="s">
+        <v>137</v>
+      </c>
+      <c r="D37" t="s">
+        <v>259</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
         <v>114</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D18" t="s">
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>260</v>
+      </c>
+      <c r="N37" t="s">
+        <v>48</v>
+      </c>
+      <c r="O37" t="s">
+        <v>261</v>
+      </c>
+      <c r="P37" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>263</v>
+      </c>
+      <c r="B38" t="s">
+        <v>264</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>265</v>
+      </c>
+      <c r="G38" t="s">
         <v>44</v>
       </c>
-      <c r="E18" t="s">
-[...845 lines deleted...]
-      <c r="G38">
+      <c r="H38">
         <v>2007</v>
       </c>
-      <c r="H38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="K38" t="s">
-        <v>197</v>
+        <v>46</v>
       </c>
       <c r="L38" t="s">
-        <v>198</v>
+        <v>266</v>
       </c>
       <c r="M38" t="s">
-        <v>41</v>
+        <v>267</v>
       </c>
       <c r="N38" t="s">
-        <v>199</v>
+        <v>48</v>
+      </c>
+      <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>