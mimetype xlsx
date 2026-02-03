--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -561,50 +561,53 @@
     <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -2376,708 +2379,708 @@
       </c>
       <c r="P24" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>181</v>
       </c>
       <c r="B25" t="s">
         <v>182</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>183</v>
       </c>
       <c r="H25">
         <v>1997</v>
       </c>
       <c r="I25">
         <v>2005</v>
       </c>
       <c r="J25" t="s">
         <v>76</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N25" t="s">
         <v>36</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
       <c r="D26" t="s">
         <v>74</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2004</v>
       </c>
       <c r="I26">
         <v>2025</v>
       </c>
       <c r="J26" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>44</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>76</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N27" t="s">
         <v>36</v>
       </c>
       <c r="O27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
         <v>83</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>92</v>
       </c>
       <c r="G28" t="s">
         <v>44</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M28" t="s">
         <v>85</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E30" t="s">
         <v>53</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C31" t="s">
         <v>73</v>
       </c>
       <c r="D31" t="s">
         <v>74</v>
       </c>
       <c r="E31" t="s">
         <v>53</v>
       </c>
       <c r="F31" t="s">
         <v>54</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>1999</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
       <c r="D32" t="s">
         <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>53</v>
       </c>
       <c r="F32" t="s">
         <v>54</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32">
         <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33">
         <v>2016</v>
       </c>
       <c r="J33" t="s">
         <v>33</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
         <v>121</v>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
         <v>53</v>
       </c>
       <c r="F34" t="s">
         <v>54</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34">
         <v>2017</v>
       </c>
       <c r="J34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="K34" t="s">
         <v>46</v>
       </c>
       <c r="L34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
         <v>48</v>
       </c>
       <c r="O34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
         <v>41</v>
       </c>
       <c r="D35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E35" t="s">
         <v>53</v>
       </c>
       <c r="F35" t="s">
         <v>54</v>
       </c>
       <c r="G35" t="s">
         <v>44</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>45</v>
       </c>
       <c r="K35" t="s">
         <v>46</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>58</v>
       </c>
       <c r="N35" t="s">
         <v>48</v>
       </c>
       <c r="O35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E36" t="s">
         <v>53</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2016</v>
       </c>
       <c r="J36" t="s">
         <v>84</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
       <c r="L36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N36" t="s">
         <v>48</v>
       </c>
       <c r="O36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C37" t="s">
         <v>137</v>
       </c>
       <c r="D37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E37" t="s">
         <v>53</v>
       </c>
       <c r="F37" t="s">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2017</v>
       </c>
       <c r="J37" t="s">
         <v>114</v>
       </c>
       <c r="K37" t="s">
         <v>46</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N37" t="s">
         <v>48</v>
       </c>
       <c r="O37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>42</v>
       </c>
       <c r="E38" t="s">
         <v>53</v>
       </c>
       <c r="F38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G38" t="s">
         <v>44</v>
       </c>
       <c r="H38">
         <v>2007</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>84</v>
       </c>
       <c r="K38" t="s">
         <v>46</v>
       </c>
       <c r="L38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="N38" t="s">
         <v>48</v>
       </c>
       <c r="O38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">