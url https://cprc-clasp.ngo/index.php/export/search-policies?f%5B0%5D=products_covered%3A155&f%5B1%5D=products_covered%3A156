--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,475 +12,614 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -744,989 +883,1116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2009</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>75</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>76</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>60</v>
+      </c>
+      <c r="F16" t="s">
+        <v>130</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>110</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>138</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>76</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>146</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>154</v>
+      </c>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>160</v>
+      </c>
+      <c r="E20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>155</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...741 lines deleted...]
-        <v>127</v>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>