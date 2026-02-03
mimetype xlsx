--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -310,53 +310,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
     <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
@@ -1451,512 +1448,512 @@
       </c>
       <c r="L11" t="s">
         <v>94</v>
       </c>
       <c r="M11" t="s">
         <v>89</v>
       </c>
       <c r="N11" t="s">
         <v>39</v>
       </c>
       <c r="O11" t="s">
         <v>95</v>
       </c>
       <c r="P11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>39</v>
       </c>
       <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
         <v>106</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>107</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>60</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2022</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
         <v>115</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D14" t="s">
         <v>59</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>76</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>39</v>
       </c>
       <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>78</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
         <v>128</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E16" t="s">
         <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="N16" t="s">
         <v>39</v>
       </c>
       <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
         <v>133</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>134</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E17" t="s">
         <v>60</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
         <v>137</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>138</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="N17" t="s">
         <v>39</v>
       </c>
       <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
         <v>143</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D18" t="s">
         <v>59</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>76</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>39</v>
       </c>
       <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
         <v>151</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>60</v>
       </c>
       <c r="F19" t="s">
         <v>61</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
         <v>158</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E20" t="s">
         <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>61</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="M20" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
         <v>164</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">