--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,506 +12,656 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -775,1077 +925,1218 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="159.104" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2009</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>92</v>
+      </c>
+      <c r="F11" t="s">
+        <v>93</v>
+      </c>
+      <c r="G11" t="s">
+        <v>94</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>93</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>117</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>43</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>36</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>54</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>51</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>142</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>59</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
+        <v>59</v>
+      </c>
+      <c r="F20" t="s">
+        <v>157</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>93</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>171</v>
+      </c>
+      <c r="D22" t="s">
+        <v>172</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>93</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>173</v>
+      </c>
+      <c r="K22" t="s">
+        <v>174</v>
+      </c>
+      <c r="L22" t="s">
+        <v>175</v>
+      </c>
+      <c r="M22" t="s">
+        <v>176</v>
+      </c>
+      <c r="N22" t="s">
+        <v>54</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>179</v>
+      </c>
+      <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
+        <v>181</v>
+      </c>
+      <c r="D23" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...30 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...118 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
         <v>54</v>
       </c>
-      <c r="L7" t="s">
-[...676 lines deleted...]
-        <v>138</v>
+      <c r="O23" t="s">
+        <v>183</v>
+      </c>
+      <c r="P23" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>