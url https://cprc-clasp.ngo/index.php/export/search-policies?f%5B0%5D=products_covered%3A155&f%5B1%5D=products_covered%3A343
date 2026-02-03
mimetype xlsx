--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -382,69 +382,69 @@
   <si>
     <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
     <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -1607,51 +1607,51 @@
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>122</v>
       </c>
       <c r="B16" t="s">
         <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>124</v>
       </c>
       <c r="D16" t="s">
         <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>39</v>
       </c>
       <c r="O16" t="s">
         <v>128</v>
       </c>
       <c r="P16" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>130</v>