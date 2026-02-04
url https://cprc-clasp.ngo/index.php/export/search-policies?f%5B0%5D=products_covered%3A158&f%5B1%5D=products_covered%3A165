--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -161,85 +161,85 @@
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
@@ -852,111 +852,111 @@
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2025</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
         <v>57</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>58</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
         <v>64</v>
       </c>
@@ -1000,51 +1000,51 @@
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>76</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
         <v>2012</v>
       </c>
       <c r="J8" t="s">
         <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>78</v>
       </c>
       <c r="M8" t="s">
         <v>79</v>
       </c>