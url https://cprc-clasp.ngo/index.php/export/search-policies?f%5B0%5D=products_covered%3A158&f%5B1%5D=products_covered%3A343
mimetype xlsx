--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -331,69 +331,69 @@
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -1423,51 +1423,51 @@
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>105</v>
       </c>
       <c r="B13" t="s">
         <v>106</v>
       </c>
       <c r="C13" t="s">
         <v>107</v>
       </c>
       <c r="D13" t="s">
         <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
         <v>111</v>
       </c>
       <c r="P13" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>113</v>