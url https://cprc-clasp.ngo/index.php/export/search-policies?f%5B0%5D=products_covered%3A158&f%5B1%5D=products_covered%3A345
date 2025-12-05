--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,306 +12,358 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -575,493 +627,548 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...287 lines deleted...]
-        <v>71</v>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>