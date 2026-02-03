--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -189,53 +189,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
@@ -909,230 +906,230 @@
       </c>
       <c r="L5" t="s">
         <v>54</v>
       </c>
       <c r="M5" t="s">
         <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>55</v>
       </c>
       <c r="P5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H6">
         <v>2025</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
         <v>70</v>
       </c>
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>71</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
         <v>81</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">