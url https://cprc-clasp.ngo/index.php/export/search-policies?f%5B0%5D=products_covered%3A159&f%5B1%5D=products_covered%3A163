--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,1143 +12,1576 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1412,3107 +1845,3532 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1998</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
+      <c r="M11" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>110</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>111</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>112</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>113</v>
+      </c>
+      <c r="P12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>115</v>
+      </c>
+      <c r="B13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>117</v>
+      </c>
+      <c r="E13" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" t="s">
+        <v>118</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>119</v>
+      </c>
+      <c r="M13" t="s">
+        <v>120</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>118</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>131</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>138</v>
+      </c>
+      <c r="D16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>140</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>141</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>142</v>
+      </c>
+      <c r="P16" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C17" t="s">
+        <v>146</v>
+      </c>
+      <c r="D17" t="s">
+        <v>81</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>147</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>152</v>
+      </c>
+      <c r="D18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>73</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>153</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>154</v>
+      </c>
+      <c r="M18" t="s">
+        <v>155</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>156</v>
+      </c>
+      <c r="P18" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>158</v>
+      </c>
+      <c r="B19" t="s">
+        <v>159</v>
+      </c>
+      <c r="C19" t="s">
+        <v>160</v>
+      </c>
+      <c r="D19" t="s">
+        <v>161</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>162</v>
+      </c>
+      <c r="M19" t="s">
+        <v>163</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>164</v>
+      </c>
+      <c r="P19" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>166</v>
+      </c>
+      <c r="B20" t="s">
+        <v>167</v>
+      </c>
+      <c r="C20" t="s">
+        <v>168</v>
+      </c>
+      <c r="D20" t="s">
+        <v>169</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1994</v>
+      </c>
+      <c r="I20">
+        <v>2003</v>
+      </c>
+      <c r="J20" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>170</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>171</v>
+      </c>
+      <c r="P20" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B21" t="s">
+        <v>174</v>
+      </c>
+      <c r="C21" t="s">
+        <v>168</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1997</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>175</v>
+      </c>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>176</v>
+      </c>
+      <c r="P21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" t="s">
+        <v>179</v>
+      </c>
+      <c r="D22" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>180</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>181</v>
+      </c>
+      <c r="M22" t="s">
+        <v>182</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>183</v>
+      </c>
+      <c r="P22" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" t="s">
+        <v>186</v>
+      </c>
+      <c r="C23" t="s">
+        <v>187</v>
+      </c>
+      <c r="D23" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>54</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>188</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>189</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>190</v>
+      </c>
+      <c r="P23" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>192</v>
+      </c>
+      <c r="B24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" t="s">
+        <v>72</v>
+      </c>
+      <c r="F24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>196</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>197</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>198</v>
+      </c>
+      <c r="P24" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>200</v>
+      </c>
+      <c r="B25" t="s">
+        <v>201</v>
+      </c>
+      <c r="C25" t="s">
+        <v>202</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>72</v>
+      </c>
+      <c r="F25" t="s">
+        <v>118</v>
+      </c>
+      <c r="G25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>111</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>203</v>
+      </c>
+      <c r="M25" t="s">
+        <v>204</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>205</v>
+      </c>
+      <c r="P25" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>207</v>
+      </c>
+      <c r="B26" t="s">
+        <v>208</v>
+      </c>
+      <c r="C26" t="s">
+        <v>202</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>72</v>
+      </c>
+      <c r="F26" t="s">
+        <v>118</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J26" t="s">
+        <v>111</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>203</v>
+      </c>
+      <c r="M26" t="s">
+        <v>204</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>209</v>
+      </c>
+      <c r="P26" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>211</v>
+      </c>
+      <c r="B27" t="s">
+        <v>212</v>
+      </c>
+      <c r="C27" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>111</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>213</v>
+      </c>
+      <c r="M27" t="s">
+        <v>83</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>74</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>218</v>
+      </c>
+      <c r="M28" t="s">
+        <v>219</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>220</v>
+      </c>
+      <c r="P28" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>222</v>
+      </c>
+      <c r="B29" t="s">
+        <v>223</v>
+      </c>
+      <c r="C29" t="s">
+        <v>224</v>
+      </c>
+      <c r="D29" t="s">
+        <v>225</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>226</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" t="s">
+        <v>228</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>229</v>
+      </c>
+      <c r="P29" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>231</v>
+      </c>
+      <c r="B30" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" t="s">
+        <v>233</v>
+      </c>
+      <c r="D30" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>234</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>235</v>
+      </c>
+      <c r="M30" t="s">
+        <v>236</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>237</v>
+      </c>
+      <c r="P30" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>239</v>
+      </c>
+      <c r="B31" t="s">
+        <v>240</v>
+      </c>
+      <c r="C31" t="s">
+        <v>241</v>
+      </c>
+      <c r="D31" t="s">
+        <v>117</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>242</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>243</v>
+      </c>
+      <c r="M31" t="s">
+        <v>244</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>245</v>
+      </c>
+      <c r="P31" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>247</v>
+      </c>
+      <c r="B32" t="s">
+        <v>248</v>
+      </c>
+      <c r="C32" t="s">
+        <v>249</v>
+      </c>
+      <c r="D32" t="s">
+        <v>250</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>64</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>251</v>
+      </c>
+      <c r="M32" t="s">
+        <v>252</v>
+      </c>
+      <c r="N32" t="s">
+        <v>253</v>
+      </c>
+      <c r="O32" t="s">
+        <v>254</v>
+      </c>
+      <c r="P32" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>256</v>
+      </c>
+      <c r="B33" t="s">
+        <v>257</v>
+      </c>
+      <c r="C33" t="s">
+        <v>258</v>
+      </c>
+      <c r="D33" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>73</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>259</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>260</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>261</v>
+      </c>
+      <c r="P33" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>263</v>
+      </c>
+      <c r="B34" t="s">
+        <v>257</v>
+      </c>
+      <c r="C34" t="s">
+        <v>264</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
+        <v>72</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>73</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>259</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>265</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>266</v>
+      </c>
+      <c r="P34" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>263</v>
+      </c>
+      <c r="B35" t="s">
+        <v>257</v>
+      </c>
+      <c r="C35" t="s">
+        <v>264</v>
+      </c>
+      <c r="D35" t="s">
+        <v>81</v>
+      </c>
+      <c r="E35" t="s">
+        <v>72</v>
+      </c>
+      <c r="F35" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" t="s">
+        <v>73</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>259</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>268</v>
+      </c>
+      <c r="M35" t="s">
+        <v>265</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>269</v>
+      </c>
+      <c r="P35" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>263</v>
+      </c>
+      <c r="B36" t="s">
+        <v>257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>270</v>
+      </c>
+      <c r="D36" t="s">
+        <v>81</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>271</v>
+      </c>
+      <c r="G36" t="s">
+        <v>73</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>259</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>272</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>273</v>
+      </c>
+      <c r="P36" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>275</v>
+      </c>
+      <c r="B37" t="s">
+        <v>276</v>
+      </c>
+      <c r="C37" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>55</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>277</v>
+      </c>
+      <c r="M37" t="s">
+        <v>57</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>278</v>
+      </c>
+      <c r="P37" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>279</v>
+      </c>
+      <c r="B38" t="s">
+        <v>257</v>
+      </c>
+      <c r="C38" t="s">
+        <v>280</v>
+      </c>
+      <c r="D38" t="s">
+        <v>281</v>
+      </c>
+      <c r="E38" t="s">
+        <v>282</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>73</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>259</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>283</v>
+      </c>
+      <c r="M38" t="s">
+        <v>284</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>285</v>
+      </c>
+      <c r="P38"/>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>279</v>
+      </c>
+      <c r="B39" t="s">
+        <v>286</v>
+      </c>
+      <c r="C39" t="s">
+        <v>287</v>
+      </c>
+      <c r="D39" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" t="s">
+        <v>72</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>73</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>153</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>288</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>289</v>
+      </c>
+      <c r="P39" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>291</v>
+      </c>
+      <c r="B40" t="s">
+        <v>292</v>
+      </c>
+      <c r="C40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" t="s">
+        <v>195</v>
+      </c>
+      <c r="E40" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>196</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>197</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>293</v>
+      </c>
+      <c r="P40" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>294</v>
+      </c>
+      <c r="B41" t="s">
+        <v>295</v>
+      </c>
+      <c r="C41" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>153</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>296</v>
+      </c>
+      <c r="M41" t="s">
+        <v>38</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>297</v>
+      </c>
+      <c r="P41" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="C42" t="s">
+        <v>301</v>
+      </c>
+      <c r="D42" t="s">
+        <v>302</v>
+      </c>
+      <c r="E42" t="s">
+        <v>282</v>
+      </c>
+      <c r="F42" t="s">
+        <v>303</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2023</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>304</v>
+      </c>
+      <c r="K42" t="s">
+        <v>305</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>306</v>
+      </c>
+      <c r="N42" t="s">
+        <v>253</v>
+      </c>
+      <c r="O42" t="s">
+        <v>307</v>
+      </c>
+      <c r="P42" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>309</v>
+      </c>
+      <c r="B43" t="s">
+        <v>310</v>
+      </c>
+      <c r="C43" t="s">
+        <v>311</v>
+      </c>
+      <c r="D43" t="s">
+        <v>117</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>312</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>313</v>
+      </c>
+      <c r="M43" t="s">
+        <v>314</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>315</v>
+      </c>
+      <c r="P43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B44" t="s">
+        <v>318</v>
+      </c>
+      <c r="C44" t="s">
+        <v>311</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>55</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>317</v>
+      </c>
+      <c r="M44" t="s">
+        <v>314</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>319</v>
+      </c>
+      <c r="P44" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>321</v>
+      </c>
+      <c r="B45" t="s">
+        <v>322</v>
+      </c>
+      <c r="C45" t="s">
+        <v>301</v>
+      </c>
+      <c r="D45" t="s">
+        <v>169</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
+      <c r="J45" t="s">
+        <v>323</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>324</v>
+      </c>
+      <c r="M45" t="s">
+        <v>306</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>325</v>
+      </c>
+      <c r="P45" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>327</v>
+      </c>
+      <c r="B46" t="s">
+        <v>328</v>
+      </c>
+      <c r="C46" t="s">
+        <v>301</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>72</v>
+      </c>
+      <c r="F46" t="s">
+        <v>303</v>
+      </c>
+      <c r="G46" t="s">
+        <v>329</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>304</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>330</v>
+      </c>
+      <c r="M46" t="s">
+        <v>306</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>331</v>
+      </c>
+      <c r="P46" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>333</v>
+      </c>
+      <c r="B47" t="s">
+        <v>334</v>
+      </c>
+      <c r="C47" t="s">
+        <v>335</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>131</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>336</v>
+      </c>
+      <c r="M47" t="s">
+        <v>337</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>338</v>
+      </c>
+      <c r="P47" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>340</v>
+      </c>
+      <c r="B48" t="s">
+        <v>341</v>
+      </c>
+      <c r="C48" t="s">
+        <v>342</v>
+      </c>
+      <c r="D48" t="s">
+        <v>169</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48">
+        <v>2019</v>
+      </c>
+      <c r="J48" t="s">
+        <v>259</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>343</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>344</v>
+      </c>
+      <c r="P48" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>346</v>
+      </c>
+      <c r="B49" t="s">
+        <v>347</v>
+      </c>
+      <c r="C49" t="s">
+        <v>348</v>
+      </c>
+      <c r="D49" t="s">
+        <v>349</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2017</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>234</v>
+      </c>
+      <c r="K49" t="s">
+        <v>350</v>
+      </c>
+      <c r="L49" t="s">
+        <v>351</v>
+      </c>
+      <c r="M49" t="s">
+        <v>352</v>
+      </c>
+      <c r="N49" t="s">
+        <v>253</v>
+      </c>
+      <c r="O49" t="s">
+        <v>353</v>
+      </c>
+      <c r="P49" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>355</v>
+      </c>
+      <c r="B50" t="s">
+        <v>356</v>
+      </c>
+      <c r="C50" t="s">
+        <v>357</v>
+      </c>
+      <c r="D50" t="s">
+        <v>102</v>
+      </c>
+      <c r="E50" t="s">
+        <v>72</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>73</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>242</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>103</v>
+      </c>
+      <c r="M50" t="s">
+        <v>358</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>359</v>
+      </c>
+      <c r="P50" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>361</v>
+      </c>
+      <c r="B51" t="s">
+        <v>362</v>
+      </c>
+      <c r="C51" t="s">
+        <v>363</v>
+      </c>
+      <c r="D51" t="s">
+        <v>364</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2016</v>
+      </c>
+      <c r="J51" t="s">
+        <v>196</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>265</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>365</v>
+      </c>
+      <c r="P51" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>367</v>
+      </c>
+      <c r="B52" t="s">
+        <v>368</v>
+      </c>
+      <c r="C52" t="s">
+        <v>369</v>
+      </c>
+      <c r="D52" t="s">
+        <v>169</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>55</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>370</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>371</v>
+      </c>
+      <c r="P52" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>373</v>
+      </c>
+      <c r="B53" t="s">
+        <v>374</v>
+      </c>
+      <c r="C53" t="s">
+        <v>369</v>
+      </c>
+      <c r="D53" t="s">
+        <v>169</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>55</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>370</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>375</v>
+      </c>
+      <c r="P53" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>376</v>
+      </c>
+      <c r="B54" t="s">
+        <v>377</v>
+      </c>
+      <c r="C54" t="s">
+        <v>378</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2006</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>153</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>197</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>379</v>
+      </c>
+      <c r="P54" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>381</v>
+      </c>
+      <c r="B55" t="s">
+        <v>382</v>
+      </c>
+      <c r="C55" t="s">
+        <v>160</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>72</v>
+      </c>
+      <c r="F55" t="s">
+        <v>118</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>242</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>383</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>384</v>
+      </c>
+      <c r="P55" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>386</v>
+      </c>
+      <c r="B56" t="s">
+        <v>387</v>
+      </c>
+      <c r="C56" t="s">
+        <v>160</v>
+      </c>
+      <c r="D56" t="s">
+        <v>388</v>
+      </c>
+      <c r="E56" t="s">
+        <v>72</v>
+      </c>
+      <c r="F56" t="s">
+        <v>118</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2017</v>
+      </c>
+      <c r="J56" t="s">
+        <v>64</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>383</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>389</v>
+      </c>
+      <c r="P56" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>391</v>
+      </c>
+      <c r="B57" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" t="s">
+        <v>393</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2016</v>
+      </c>
+      <c r="J57" t="s">
+        <v>234</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>394</v>
+      </c>
+      <c r="M57" t="s">
+        <v>395</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>396</v>
+      </c>
+      <c r="P57" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>398</v>
+      </c>
+      <c r="B58" t="s">
+        <v>399</v>
+      </c>
+      <c r="C58" t="s">
+        <v>393</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>72</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>234</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>400</v>
+      </c>
+      <c r="M58" t="s">
+        <v>395</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>401</v>
+      </c>
+      <c r="P58" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>403</v>
+      </c>
+      <c r="B59" t="s">
+        <v>404</v>
+      </c>
+      <c r="C59" t="s">
+        <v>405</v>
+      </c>
+      <c r="D59" t="s">
+        <v>406</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>44</v>
+      </c>
+      <c r="G59" t="s">
+        <v>54</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>153</v>
+      </c>
+      <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>407</v>
+      </c>
+      <c r="N59" t="s">
+        <v>253</v>
+      </c>
+      <c r="O59" t="s">
+        <v>408</v>
+      </c>
+      <c r="P59" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>410</v>
+      </c>
+      <c r="B60" t="s">
+        <v>411</v>
+      </c>
+      <c r="C60" t="s">
+        <v>130</v>
+      </c>
+      <c r="D60" t="s">
+        <v>81</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>131</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>133</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>412</v>
+      </c>
+      <c r="P60" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>414</v>
+      </c>
+      <c r="B61" t="s">
+        <v>415</v>
+      </c>
+      <c r="C61" t="s">
+        <v>363</v>
+      </c>
+      <c r="D61" t="s">
+        <v>416</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>44</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61">
+        <v>2016</v>
+      </c>
+      <c r="J61" t="s">
+        <v>196</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>265</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>417</v>
+      </c>
+      <c r="P61" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>419</v>
+      </c>
+      <c r="B62" t="s">
+        <v>420</v>
+      </c>
+      <c r="C62" t="s">
+        <v>421</v>
+      </c>
+      <c r="D62" t="s">
+        <v>89</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>44</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>422</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62"/>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>423</v>
+      </c>
+      <c r="P62" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>419</v>
+      </c>
+      <c r="B63" t="s">
+        <v>425</v>
+      </c>
+      <c r="C63" t="s">
+        <v>421</v>
+      </c>
+      <c r="D63" t="s">
+        <v>89</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>422</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>426</v>
+      </c>
+      <c r="P63" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>428</v>
+      </c>
+      <c r="B64" t="s">
+        <v>429</v>
+      </c>
+      <c r="C64" t="s">
+        <v>430</v>
+      </c>
+      <c r="D64" t="s">
+        <v>431</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...44 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G64" t="s">
+        <v>54</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>432</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>433</v>
+      </c>
+      <c r="N64" t="s">
+        <v>253</v>
+      </c>
+      <c r="O64" t="s">
+        <v>434</v>
+      </c>
+      <c r="P64" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>436</v>
+      </c>
+      <c r="B65" t="s">
+        <v>437</v>
+      </c>
+      <c r="C65" t="s">
+        <v>249</v>
+      </c>
+      <c r="D65" t="s">
+        <v>53</v>
+      </c>
+      <c r="E65" t="s">
+        <v>72</v>
+      </c>
+      <c r="F65" t="s">
+        <v>118</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>64</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65" t="s">
+        <v>438</v>
+      </c>
+      <c r="M65" t="s">
+        <v>439</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>440</v>
+      </c>
+      <c r="P65" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>442</v>
+      </c>
+      <c r="B66" t="s">
+        <v>443</v>
+      </c>
+      <c r="C66" t="s">
+        <v>249</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>72</v>
+      </c>
+      <c r="F66" t="s">
+        <v>118</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1998</v>
+      </c>
+      <c r="I66">
+        <v>2020</v>
+      </c>
+      <c r="J66" t="s">
+        <v>64</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>444</v>
+      </c>
+      <c r="M66" t="s">
+        <v>439</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>445</v>
+      </c>
+      <c r="P66" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>447</v>
+      </c>
+      <c r="B67" t="s">
+        <v>448</v>
+      </c>
+      <c r="C67" t="s">
+        <v>449</v>
+      </c>
+      <c r="D67" t="s">
+        <v>450</v>
+      </c>
+      <c r="E67" t="s">
+        <v>72</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>54</v>
+      </c>
+      <c r="H67">
+        <v>2021</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>226</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>451</v>
+      </c>
+      <c r="M67" t="s">
+        <v>452</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>453</v>
+      </c>
+      <c r="P67"/>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>447</v>
+      </c>
+      <c r="B68" t="s">
+        <v>448</v>
+      </c>
+      <c r="C68" t="s">
+        <v>449</v>
+      </c>
+      <c r="D68" t="s">
+        <v>450</v>
+      </c>
+      <c r="E68" t="s">
+        <v>72</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>54</v>
+      </c>
+      <c r="H68">
+        <v>2021</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>226</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>451</v>
+      </c>
+      <c r="M68" t="s">
+        <v>452</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>454</v>
+      </c>
+      <c r="P68"/>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>455</v>
+      </c>
+      <c r="B69" t="s">
+        <v>456</v>
+      </c>
+      <c r="C69" t="s">
+        <v>457</v>
+      </c>
+      <c r="D69" t="s">
+        <v>102</v>
+      </c>
+      <c r="E69" t="s">
+        <v>72</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>54</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>131</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>103</v>
+      </c>
+      <c r="M69" t="s">
+        <v>458</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>459</v>
+      </c>
+      <c r="P69" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>461</v>
+      </c>
+      <c r="B70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C70" t="s">
+        <v>463</v>
+      </c>
+      <c r="D70" t="s">
+        <v>81</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
+        <v>2007</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>259</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>464</v>
+      </c>
+      <c r="M70" t="s">
+        <v>465</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>466</v>
+      </c>
+      <c r="P70" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>468</v>
+      </c>
+      <c r="B71" t="s">
+        <v>469</v>
+      </c>
+      <c r="C71" t="s">
+        <v>463</v>
+      </c>
+      <c r="D71" t="s">
+        <v>81</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2014</v>
+      </c>
+      <c r="I71">
+        <v>2018</v>
+      </c>
+      <c r="J71" t="s">
+        <v>259</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71" t="s">
+        <v>470</v>
+      </c>
+      <c r="M71" t="s">
+        <v>465</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>471</v>
+      </c>
+      <c r="P71" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>473</v>
+      </c>
+      <c r="B72" t="s">
+        <v>474</v>
+      </c>
+      <c r="C72" t="s">
+        <v>475</v>
+      </c>
+      <c r="D72" t="s">
+        <v>476</v>
+      </c>
+      <c r="E72" t="s">
+        <v>72</v>
+      </c>
+      <c r="F72" t="s">
         <v>44</v>
       </c>
-      <c r="D5" t="s">
-[...334 lines deleted...]
-      <c r="G13">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2014</v>
       </c>
-      <c r="H13"/>
-[...38 lines deleted...]
-      <c r="G14">
+      <c r="I72">
         <v>2017</v>
       </c>
-      <c r="H14"/>
-[...120 lines deleted...]
-      <c r="I17" t="s">
+      <c r="J72" t="s">
         <v>111</v>
       </c>
-      <c r="J17" t="s">
-[...2303 lines deleted...]
-      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>477</v>
       </c>
       <c r="N72" t="s">
-        <v>346</v>
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>478</v>
+      </c>
+      <c r="P72" t="s">
+        <v>479</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>