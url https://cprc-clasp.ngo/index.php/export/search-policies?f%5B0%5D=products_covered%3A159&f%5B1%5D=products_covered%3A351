--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,351 +12,431 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -620,653 +700,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="426.896" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H3">
-[...46 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>36</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...15 lines deleted...]
-      <c r="J5" t="s">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
         <v>40</v>
       </c>
-      <c r="L5" t="s">
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
         <v>41</v>
       </c>
-      <c r="M5" t="s">
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>42</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...22 lines deleted...]
-      <c r="I6" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>41</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...10 lines deleted...]
-      <c r="C7" t="s">
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D7" t="s">
-[...276 lines deleted...]
-        <v>86</v>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>