--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -896,66 +896,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
@@ -8468,136 +8468,136 @@
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>180</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>282</v>
       </c>
       <c r="P48" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>284</v>
       </c>
       <c r="B49" t="s">
         <v>285</v>
       </c>
       <c r="C49" t="s">
-        <v>52</v>
+        <v>286</v>
       </c>
       <c r="D49" t="s">
         <v>207</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>1992</v>
       </c>
       <c r="I49">
         <v>2013</v>
       </c>
       <c r="J49" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="K49" t="s">
         <v>45</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>180</v>
+        <v>287</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P49" t="s">
-        <v>288</v>
+        <v>218</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>284</v>
       </c>
       <c r="B50" t="s">
         <v>285</v>
       </c>
       <c r="C50" t="s">
-        <v>289</v>
+        <v>52</v>
       </c>
       <c r="D50" t="s">
         <v>207</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>1992</v>
       </c>
       <c r="I50">
         <v>2013</v>
       </c>
       <c r="J50" t="s">
-        <v>263</v>
+        <v>289</v>
       </c>
       <c r="K50" t="s">
         <v>45</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
+        <v>180</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
         <v>290</v>
       </c>
-      <c r="N50" t="s">
-[...2 lines deleted...]
-      <c r="O50" t="s">
+      <c r="P50" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>292</v>
       </c>
       <c r="B51" t="s">
         <v>293</v>
       </c>
       <c r="C51" t="s">
         <v>172</v>
       </c>
       <c r="D51" t="s">
         <v>133</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>85</v>
       </c>
       <c r="H51">